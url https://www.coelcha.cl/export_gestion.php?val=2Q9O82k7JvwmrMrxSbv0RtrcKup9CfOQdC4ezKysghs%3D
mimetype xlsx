--- v0 (2025-10-03)
+++ v1 (2025-12-04)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ERIX\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62E2562C-7FBB-47CD-92B9-2FC78286586D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5DC63430-B7AB-48BD-8CB1-D21157579240}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="17385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$B$2:$N$131</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="17">
   <si>
     <t>Nombre Empresa</t>
   </si>
   <si>
     <t>mm/yyyy</t>
   </si>
   <si>
     <t>Tipo Requerimiento</t>
   </si>
   <si>
     <t>Eficiencia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Eficacia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Oportunidad del servicio Comercial (OP)</t>
   </si>
   <si>
     <t>Tiempo medio de resolucion de reclamos, consultas y solicitudes (TRR)</t>
   </si>
   <si>
     <t>Indicador de nivel de reclamo, consulta y solicitud (INR)</t>
   </si>
   <si>
@@ -598,210 +598,210 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...61 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1044,54 +1044,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:N164"/>
+  <dimension ref="B1:N170"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A141" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J172" sqref="J172"/>
+      <selection activeCell="M156" sqref="M156:M158"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="14" width="12.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:14" ht="105.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="4" t="s">
@@ -1122,5859 +1122,6075 @@
     <row r="3" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="7">
         <v>44228</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="9">
         <v>95.990000000000009</v>
       </c>
       <c r="F3" s="8">
         <v>96.15</v>
       </c>
       <c r="G3" s="9">
         <v>93.68</v>
       </c>
       <c r="H3" s="8">
         <v>24</v>
       </c>
       <c r="I3" s="8">
         <v>7.5320017314946502E-2</v>
       </c>
-      <c r="J3" s="118">
-[...2 lines deleted...]
-      <c r="K3" s="127">
+      <c r="J3" s="112">
+        <v>100</v>
+      </c>
+      <c r="K3" s="115">
         <v>77.97</v>
       </c>
-      <c r="L3" s="127">
+      <c r="L3" s="115">
         <v>0.98631268436578168</v>
       </c>
-      <c r="M3" s="127">
+      <c r="M3" s="115">
         <v>0.99973942969518192</v>
       </c>
-      <c r="N3" s="109">
+      <c r="N3" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="4" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B4" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="11">
         <v>44228</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="13">
         <v>97.43</v>
       </c>
       <c r="F4" s="12">
         <v>100</v>
       </c>
       <c r="G4" s="61">
         <v>100</v>
       </c>
       <c r="H4" s="12">
         <v>1</v>
       </c>
       <c r="I4" s="12">
         <v>0.11681404984231031</v>
       </c>
-      <c r="J4" s="119"/>
-[...3 lines deleted...]
-      <c r="N4" s="110"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="116"/>
+      <c r="L4" s="116"/>
+      <c r="M4" s="116"/>
+      <c r="N4" s="95"/>
     </row>
     <row r="5" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="15">
         <v>44228</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="17">
         <v>97.06</v>
       </c>
       <c r="F5" s="16">
         <v>99.87</v>
       </c>
       <c r="G5" s="17">
         <v>95.050000000000011</v>
       </c>
       <c r="H5" s="16">
         <v>24</v>
       </c>
       <c r="I5" s="16">
         <v>0.17716900624574855</v>
       </c>
-      <c r="J5" s="120"/>
-[...3 lines deleted...]
-      <c r="N5" s="111"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="117"/>
+      <c r="L5" s="117"/>
+      <c r="M5" s="117"/>
+      <c r="N5" s="96"/>
     </row>
     <row r="6" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B6" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="22">
         <v>44256</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="24">
         <v>96.37</v>
       </c>
       <c r="F6" s="23">
         <v>96.38000000000001</v>
       </c>
       <c r="G6" s="24">
         <v>92.9</v>
       </c>
       <c r="H6" s="23">
         <v>23</v>
       </c>
       <c r="I6" s="23">
         <v>8.3015853508664125E-2</v>
       </c>
-      <c r="J6" s="130">
-[...2 lines deleted...]
-      <c r="K6" s="112">
+      <c r="J6" s="118">
+        <v>100</v>
+      </c>
+      <c r="K6" s="121">
         <v>75.05</v>
       </c>
-      <c r="L6" s="112">
+      <c r="L6" s="121">
         <v>0.98834707958285417</v>
       </c>
-      <c r="M6" s="112">
+      <c r="M6" s="121">
         <v>0.9997373012411277</v>
       </c>
-      <c r="N6" s="115">
+      <c r="N6" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="7" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B7" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="25">
         <v>44256</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="20">
         <v>98.11</v>
       </c>
       <c r="F7" s="19">
         <v>100</v>
       </c>
       <c r="G7" s="60">
         <v>100</v>
       </c>
       <c r="H7" s="19">
         <v>1</v>
       </c>
       <c r="I7" s="30">
         <v>0.14913358731719306</v>
       </c>
-      <c r="J7" s="131"/>
-[...3 lines deleted...]
-      <c r="N7" s="116"/>
+      <c r="J7" s="119"/>
+      <c r="K7" s="122"/>
+      <c r="L7" s="122"/>
+      <c r="M7" s="122"/>
+      <c r="N7" s="125"/>
     </row>
     <row r="8" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="27">
         <v>44256</v>
       </c>
       <c r="D8" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="29">
         <v>96.75</v>
       </c>
       <c r="F8" s="28">
         <v>99.87</v>
       </c>
       <c r="G8" s="29">
         <v>94.940000000000012</v>
       </c>
       <c r="H8" s="28">
         <v>22</v>
       </c>
       <c r="I8" s="28">
         <v>0.18809143418950472</v>
       </c>
-      <c r="J8" s="132"/>
-[...3 lines deleted...]
-      <c r="N8" s="117"/>
+      <c r="J8" s="120"/>
+      <c r="K8" s="123"/>
+      <c r="L8" s="123"/>
+      <c r="M8" s="123"/>
+      <c r="N8" s="126"/>
     </row>
     <row r="9" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="7">
         <v>44287</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="9">
         <v>96.54</v>
       </c>
       <c r="F9" s="8">
         <v>96.490000000000009</v>
       </c>
       <c r="G9" s="9">
         <v>92.9</v>
       </c>
       <c r="H9" s="8">
         <v>22</v>
       </c>
       <c r="I9" s="12">
         <v>8.6842266088125647E-2</v>
       </c>
-      <c r="J9" s="118">
-[...2 lines deleted...]
-      <c r="K9" s="127">
+      <c r="J9" s="112">
+        <v>100</v>
+      </c>
+      <c r="K9" s="115">
         <v>75.459999999999994</v>
       </c>
-      <c r="L9" s="127">
+      <c r="L9" s="115">
         <v>0.98982024257507384</v>
       </c>
-      <c r="M9" s="127">
+      <c r="M9" s="115">
         <v>0.99973513640475153</v>
       </c>
-      <c r="N9" s="109">
+      <c r="N9" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="10" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="11">
         <v>44287</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="13">
         <v>98.34</v>
       </c>
       <c r="F10" s="12">
         <v>100</v>
       </c>
       <c r="G10" s="61">
         <v>100</v>
       </c>
       <c r="H10" s="59">
         <v>1</v>
       </c>
       <c r="I10" s="12">
         <v>0.16256187740634359</v>
       </c>
-      <c r="J10" s="119"/>
-[...3 lines deleted...]
-      <c r="N10" s="110"/>
+      <c r="J10" s="113"/>
+      <c r="K10" s="116"/>
+      <c r="L10" s="116"/>
+      <c r="M10" s="116"/>
+      <c r="N10" s="95"/>
     </row>
     <row r="11" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15">
         <v>44287</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="17">
         <v>95.77000000000001</v>
       </c>
       <c r="F11" s="16">
         <v>99.910000000000011</v>
       </c>
       <c r="G11" s="17">
         <v>94.990000000000009</v>
       </c>
       <c r="H11" s="16">
         <v>21</v>
       </c>
       <c r="I11" s="16">
         <v>0.19739656542198863</v>
       </c>
-      <c r="J11" s="120"/>
-[...3 lines deleted...]
-      <c r="N11" s="111"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="117"/>
+      <c r="L11" s="117"/>
+      <c r="M11" s="117"/>
+      <c r="N11" s="96"/>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B12" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="22">
         <v>44317</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="24">
         <v>96.800000000000011</v>
       </c>
       <c r="F12" s="23">
         <v>96.63000000000001</v>
       </c>
       <c r="G12" s="24">
         <v>93.320000000000007</v>
       </c>
       <c r="H12" s="23">
         <v>21</v>
       </c>
       <c r="I12" s="23">
         <v>9.3666423535132506E-2</v>
       </c>
-      <c r="J12" s="130">
-[...2 lines deleted...]
-      <c r="K12" s="112">
+      <c r="J12" s="118">
+        <v>100</v>
+      </c>
+      <c r="K12" s="121">
         <v>76.67</v>
       </c>
-      <c r="L12" s="112">
+      <c r="L12" s="121">
         <v>0.99075534149818889</v>
       </c>
-      <c r="M12" s="112">
+      <c r="M12" s="121">
         <v>0.99973298806507027</v>
       </c>
-      <c r="N12" s="115">
+      <c r="N12" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B13" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="25">
         <v>44317</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="20">
         <v>98.59</v>
       </c>
       <c r="F13" s="19">
         <v>100</v>
       </c>
       <c r="G13" s="60">
         <v>100</v>
       </c>
       <c r="H13" s="19">
         <v>1</v>
       </c>
       <c r="I13" s="30">
         <v>0.18672501823486506</v>
       </c>
-      <c r="J13" s="131"/>
-[...3 lines deleted...]
-      <c r="N13" s="116"/>
+      <c r="J13" s="119"/>
+      <c r="K13" s="122"/>
+      <c r="L13" s="122"/>
+      <c r="M13" s="122"/>
+      <c r="N13" s="125"/>
     </row>
     <row r="14" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="27">
         <v>44317</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="29">
         <v>95.490000000000009</v>
       </c>
       <c r="F14" s="28">
         <v>99.92</v>
       </c>
       <c r="G14" s="29">
         <v>95.070000000000007</v>
       </c>
       <c r="H14" s="28">
         <v>21</v>
       </c>
       <c r="I14" s="28">
         <v>0.21188913202042306</v>
       </c>
-      <c r="J14" s="132"/>
-[...3 lines deleted...]
-      <c r="N14" s="117"/>
+      <c r="J14" s="120"/>
+      <c r="K14" s="123"/>
+      <c r="L14" s="123"/>
+      <c r="M14" s="123"/>
+      <c r="N14" s="126"/>
     </row>
     <row r="15" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="7">
         <v>44348</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="9">
         <v>96.710000000000008</v>
       </c>
       <c r="F15" s="8">
         <v>97.04</v>
       </c>
       <c r="G15" s="9">
         <v>92.570000000000007</v>
       </c>
       <c r="H15" s="8">
         <v>20</v>
       </c>
       <c r="I15" s="8">
         <v>9.5966620305980535E-2</v>
       </c>
-      <c r="J15" s="118">
-[...2 lines deleted...]
-      <c r="K15" s="127">
+      <c r="J15" s="112">
+        <v>100</v>
+      </c>
+      <c r="K15" s="115">
         <v>78.599999999999994</v>
       </c>
-      <c r="L15" s="127">
+      <c r="L15" s="115">
         <v>0.9918708978141747</v>
       </c>
-      <c r="M15" s="127">
+      <c r="M15" s="115">
         <v>0.99973404789145137</v>
       </c>
-      <c r="N15" s="109">
+      <c r="N15" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="16" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="11">
         <v>44348</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="13">
         <v>98.7</v>
       </c>
       <c r="F16" s="12">
         <v>100</v>
       </c>
       <c r="G16" s="61">
         <v>100</v>
       </c>
       <c r="H16" s="12">
         <v>1</v>
       </c>
       <c r="I16" s="31">
         <v>0.20638568059502932</v>
       </c>
-      <c r="J16" s="119"/>
-[...3 lines deleted...]
-      <c r="N16" s="110"/>
+      <c r="J16" s="113"/>
+      <c r="K16" s="116"/>
+      <c r="L16" s="116"/>
+      <c r="M16" s="116"/>
+      <c r="N16" s="95"/>
     </row>
     <row r="17" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="15">
         <v>44348</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="17">
         <v>95.23</v>
       </c>
       <c r="F17" s="16">
         <v>99.95</v>
       </c>
       <c r="G17" s="17">
         <v>94.88000000000001</v>
       </c>
       <c r="H17" s="16">
         <v>19</v>
       </c>
       <c r="I17" s="16">
         <v>0.21485154502025761</v>
       </c>
-      <c r="J17" s="120"/>
-[...3 lines deleted...]
-      <c r="N17" s="111"/>
+      <c r="J17" s="114"/>
+      <c r="K17" s="117"/>
+      <c r="L17" s="117"/>
+      <c r="M17" s="117"/>
+      <c r="N17" s="96"/>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B18" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="22">
         <v>44378</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="24">
         <v>96.84</v>
       </c>
       <c r="F18" s="23">
         <v>97.100000000000009</v>
       </c>
       <c r="G18" s="24">
         <v>92.43</v>
       </c>
       <c r="H18" s="23">
         <v>19</v>
       </c>
       <c r="I18" s="23">
         <v>9.9355693382308666E-2</v>
       </c>
-      <c r="J18" s="130">
-[...2 lines deleted...]
-      <c r="K18" s="133">
+      <c r="J18" s="118">
+        <v>100</v>
+      </c>
+      <c r="K18" s="130">
         <v>79.477410739032933</v>
       </c>
-      <c r="L18" s="112">
+      <c r="L18" s="121">
         <v>0.99291959583742784</v>
       </c>
-      <c r="M18" s="112">
+      <c r="M18" s="121">
         <v>0.99973291002091369</v>
       </c>
-      <c r="N18" s="115">
+      <c r="N18" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B19" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="25">
         <v>44378</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="20">
         <v>98.87</v>
       </c>
       <c r="F19" s="19">
         <v>100</v>
       </c>
       <c r="G19" s="20">
         <v>100</v>
       </c>
       <c r="H19" s="19">
         <v>1</v>
       </c>
       <c r="I19" s="30">
         <v>0.23146865779490577</v>
       </c>
-      <c r="J19" s="131"/>
-[...3 lines deleted...]
-      <c r="N19" s="116"/>
+      <c r="J19" s="119"/>
+      <c r="K19" s="131"/>
+      <c r="L19" s="122"/>
+      <c r="M19" s="122"/>
+      <c r="N19" s="125"/>
     </row>
     <row r="20" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="27">
         <v>44378</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="29">
         <v>95.26</v>
       </c>
       <c r="F20" s="28">
         <v>99.95</v>
       </c>
       <c r="G20" s="29">
         <v>94.92</v>
       </c>
       <c r="H20" s="28">
         <v>19</v>
       </c>
       <c r="I20" s="28">
         <v>0.22376106461130849</v>
       </c>
-      <c r="J20" s="132"/>
-[...3 lines deleted...]
-      <c r="N20" s="117"/>
+      <c r="J20" s="120"/>
+      <c r="K20" s="132"/>
+      <c r="L20" s="123"/>
+      <c r="M20" s="123"/>
+      <c r="N20" s="126"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="7">
         <v>44409</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="9">
         <v>97.13000000000001</v>
       </c>
       <c r="F21" s="8">
         <v>97.33</v>
       </c>
       <c r="G21" s="9">
         <v>92.51</v>
       </c>
       <c r="H21" s="8">
         <v>18</v>
       </c>
       <c r="I21" s="12">
         <v>0.10409865796155242</v>
       </c>
-      <c r="J21" s="118">
-[...2 lines deleted...]
-      <c r="K21" s="121">
+      <c r="J21" s="112">
+        <v>100</v>
+      </c>
+      <c r="K21" s="127">
         <v>80.125721174545774</v>
       </c>
-      <c r="L21" s="127">
+      <c r="L21" s="115">
         <v>0.99411410133673728</v>
       </c>
-      <c r="M21" s="127">
+      <c r="M21" s="115">
         <v>0.99973153818489424</v>
       </c>
-      <c r="N21" s="109">
+      <c r="N21" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="11">
         <v>44409</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="13">
         <v>99.050000000000011</v>
       </c>
       <c r="F22" s="12">
         <v>100</v>
       </c>
       <c r="G22" s="61">
         <v>100</v>
       </c>
       <c r="H22" s="59">
         <v>1</v>
       </c>
       <c r="I22" s="12">
         <v>0.26447829766654574</v>
       </c>
-      <c r="J22" s="119"/>
-[...3 lines deleted...]
-      <c r="N22" s="110"/>
+      <c r="J22" s="113"/>
+      <c r="K22" s="128"/>
+      <c r="L22" s="116"/>
+      <c r="M22" s="116"/>
+      <c r="N22" s="95"/>
     </row>
     <row r="23" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="15">
         <v>44409</v>
       </c>
       <c r="D23" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="17">
         <v>95.42</v>
       </c>
       <c r="F23" s="16">
         <v>99.95</v>
       </c>
       <c r="G23" s="17">
         <v>95.300000000000011</v>
       </c>
       <c r="H23" s="16">
         <v>18</v>
       </c>
       <c r="I23" s="16">
         <v>0.23660984161528231</v>
       </c>
-      <c r="J23" s="120"/>
-[...3 lines deleted...]
-      <c r="N23" s="111"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="129"/>
+      <c r="L23" s="117"/>
+      <c r="M23" s="117"/>
+      <c r="N23" s="96"/>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B24" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="22">
         <v>44440</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="24">
         <v>97.5</v>
       </c>
       <c r="F24" s="23">
         <v>97.38000000000001</v>
       </c>
       <c r="G24" s="24">
         <v>92.25</v>
       </c>
       <c r="H24" s="23">
         <v>17</v>
       </c>
       <c r="I24" s="23">
         <v>0.10518109858479252</v>
       </c>
-      <c r="J24" s="130">
-[...2 lines deleted...]
-      <c r="K24" s="133">
+      <c r="J24" s="118">
+        <v>100</v>
+      </c>
+      <c r="K24" s="130">
         <v>80.633250488917867</v>
       </c>
-      <c r="L24" s="112">
+      <c r="L24" s="121">
         <v>0.99425012222946541</v>
       </c>
-      <c r="M24" s="112">
+      <c r="M24" s="121">
         <v>0.99973007659713164</v>
       </c>
-      <c r="N24" s="115">
+      <c r="N24" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B25" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="25">
         <v>44440</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="20">
         <v>98.73</v>
       </c>
       <c r="F25" s="19">
         <v>100</v>
       </c>
       <c r="G25" s="60">
         <v>100</v>
       </c>
       <c r="H25" s="19">
         <v>1</v>
       </c>
       <c r="I25" s="30">
         <v>0.28789877668505637</v>
       </c>
-      <c r="J25" s="131"/>
-[...3 lines deleted...]
-      <c r="N25" s="116"/>
+      <c r="J25" s="119"/>
+      <c r="K25" s="131"/>
+      <c r="L25" s="122"/>
+      <c r="M25" s="122"/>
+      <c r="N25" s="125"/>
     </row>
     <row r="26" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="27">
         <v>44440</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="29">
         <v>95.350000000000009</v>
       </c>
       <c r="F26" s="28">
         <v>99.95</v>
       </c>
       <c r="G26" s="29">
         <v>95.98</v>
       </c>
       <c r="H26" s="28">
         <v>16</v>
       </c>
       <c r="I26" s="28">
         <v>0.23812664907651715</v>
       </c>
-      <c r="J26" s="132"/>
-[...3 lines deleted...]
-      <c r="N26" s="117"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="132"/>
+      <c r="L26" s="123"/>
+      <c r="M26" s="123"/>
+      <c r="N26" s="126"/>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="7">
         <v>44470</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="9">
         <v>97.570000000000007</v>
       </c>
       <c r="F27" s="8">
         <v>97.28</v>
       </c>
       <c r="G27" s="9">
         <v>91.25</v>
       </c>
       <c r="H27" s="8">
         <v>16</v>
       </c>
       <c r="I27" s="32">
         <v>0.10491881282341045</v>
       </c>
-      <c r="J27" s="118">
-[...2 lines deleted...]
-      <c r="K27" s="121">
+      <c r="J27" s="112">
+        <v>100</v>
+      </c>
+      <c r="K27" s="127">
         <v>81.164993854977467</v>
       </c>
-      <c r="L27" s="124">
+      <c r="L27" s="133">
         <v>0.99429537074969276</v>
       </c>
-      <c r="M27" s="127">
+      <c r="M27" s="115">
         <v>0.99972859483818111</v>
       </c>
-      <c r="N27" s="109">
+      <c r="N27" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="11">
         <v>44470</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="F28" s="12">
         <v>100</v>
       </c>
       <c r="G28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="H28" s="12">
         <v>1</v>
       </c>
       <c r="I28" s="33">
         <v>0.3032772259561054</v>
       </c>
-      <c r="J28" s="119"/>
-[...3 lines deleted...]
-      <c r="N28" s="110"/>
+      <c r="J28" s="113"/>
+      <c r="K28" s="128"/>
+      <c r="L28" s="134"/>
+      <c r="M28" s="116"/>
+      <c r="N28" s="95"/>
     </row>
     <row r="29" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="15">
         <v>44470</v>
       </c>
       <c r="D29" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="17">
         <v>95.64</v>
       </c>
       <c r="F29" s="16">
         <v>99.960000000000008</v>
       </c>
       <c r="G29" s="17">
         <v>96.570000000000007</v>
       </c>
       <c r="H29" s="16">
         <v>15</v>
       </c>
       <c r="I29" s="34">
         <v>0.24742758579670493</v>
       </c>
-      <c r="J29" s="120"/>
-[...3 lines deleted...]
-      <c r="N29" s="111"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="129"/>
+      <c r="L29" s="135"/>
+      <c r="M29" s="117"/>
+      <c r="N29" s="96"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B30" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="56">
         <v>44501</v>
       </c>
       <c r="D30" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="45">
         <v>98.51</v>
       </c>
       <c r="F30" s="40">
         <v>97.13000000000001</v>
       </c>
       <c r="G30" s="45">
         <v>93.47</v>
       </c>
       <c r="H30" s="40">
         <v>14</v>
       </c>
       <c r="I30" s="40">
         <v>0.10920353982300884</v>
       </c>
-      <c r="J30" s="88">
-[...2 lines deleted...]
-      <c r="K30" s="91">
+      <c r="J30" s="97">
+        <v>100</v>
+      </c>
+      <c r="K30" s="100">
         <v>81.477072446739427</v>
       </c>
-      <c r="L30" s="94">
+      <c r="L30" s="103">
         <v>0.99446007647671175</v>
       </c>
-      <c r="M30" s="82">
+      <c r="M30" s="106">
         <v>0.99972686888675877</v>
       </c>
-      <c r="N30" s="85">
+      <c r="N30" s="109">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="31" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B31" s="36" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="58">
         <v>44501</v>
       </c>
       <c r="D31" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="46">
         <v>99.76</v>
       </c>
       <c r="F31" s="41">
         <v>100</v>
       </c>
       <c r="G31" s="46">
         <v>99.27000000000001</v>
       </c>
       <c r="H31" s="41">
         <v>1</v>
       </c>
       <c r="I31" s="52">
         <v>0.3303244837758112</v>
       </c>
-      <c r="J31" s="89"/>
-[...3 lines deleted...]
-      <c r="N31" s="86"/>
+      <c r="J31" s="98"/>
+      <c r="K31" s="101"/>
+      <c r="L31" s="104"/>
+      <c r="M31" s="107"/>
+      <c r="N31" s="110"/>
     </row>
     <row r="32" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="57">
         <v>44501</v>
       </c>
       <c r="D32" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="47">
         <v>96.02000000000001</v>
       </c>
       <c r="F32" s="42">
         <v>99.960000000000008</v>
       </c>
       <c r="G32" s="47">
         <v>96.88000000000001</v>
       </c>
       <c r="H32" s="42">
         <v>13</v>
       </c>
       <c r="I32" s="42">
         <v>0.25144542772861356</v>
       </c>
-      <c r="J32" s="90"/>
-[...3 lines deleted...]
-      <c r="N32" s="87"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="102"/>
+      <c r="L32" s="105"/>
+      <c r="M32" s="108"/>
+      <c r="N32" s="111"/>
     </row>
     <row r="33" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B33" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="55">
         <v>44531</v>
       </c>
       <c r="D33" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="48">
         <v>99.79</v>
       </c>
       <c r="F33" s="43">
         <v>97.01</v>
       </c>
       <c r="G33" s="50">
         <v>93.68</v>
       </c>
       <c r="H33" s="51">
         <v>14</v>
       </c>
       <c r="I33" s="53">
         <v>0.10928354015453055</v>
       </c>
-      <c r="J33" s="97">
-[...2 lines deleted...]
-      <c r="K33" s="100">
+      <c r="J33" s="82">
+        <v>100</v>
+      </c>
+      <c r="K33" s="85">
         <v>81.164935785429492</v>
       </c>
-      <c r="L33" s="103">
+      <c r="L33" s="88">
         <v>0.99478402438961155</v>
       </c>
-      <c r="M33" s="106">
+      <c r="M33" s="91">
         <v>0.99972520208016835</v>
       </c>
-      <c r="N33" s="109">
+      <c r="N33" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="34" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B34" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="39">
         <v>44531</v>
       </c>
       <c r="D34" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="49">
         <v>99.97</v>
       </c>
       <c r="F34" s="44">
         <v>100</v>
       </c>
       <c r="G34" s="49">
         <v>99.990000000000009</v>
       </c>
       <c r="H34" s="51">
         <v>1</v>
       </c>
       <c r="I34" s="44">
         <v>0.3602200889721377</v>
       </c>
-      <c r="J34" s="98"/>
-[...3 lines deleted...]
-      <c r="N34" s="110"/>
+      <c r="J34" s="83"/>
+      <c r="K34" s="86"/>
+      <c r="L34" s="89"/>
+      <c r="M34" s="92"/>
+      <c r="N34" s="95"/>
     </row>
     <row r="35" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="63" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="62">
         <v>44531</v>
       </c>
       <c r="D35" s="64" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="65">
         <v>96.83</v>
       </c>
       <c r="F35" s="64">
         <v>100</v>
       </c>
       <c r="G35" s="65">
         <v>97.09</v>
       </c>
       <c r="H35" s="64">
         <v>11</v>
       </c>
       <c r="I35" s="64">
         <v>0.2590142823694685</v>
       </c>
-      <c r="J35" s="98"/>
-[...3 lines deleted...]
-      <c r="N35" s="110"/>
+      <c r="J35" s="83"/>
+      <c r="K35" s="86"/>
+      <c r="L35" s="89"/>
+      <c r="M35" s="92"/>
+      <c r="N35" s="95"/>
     </row>
     <row r="36" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B36" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="66">
         <v>44562</v>
       </c>
       <c r="D36" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="45">
         <v>95.87</v>
       </c>
       <c r="F36" s="40">
         <v>98.07</v>
       </c>
       <c r="G36" s="45">
         <v>94</v>
       </c>
       <c r="H36" s="40">
         <v>14</v>
       </c>
       <c r="I36" s="40">
         <v>0.10042085574000467</v>
       </c>
-      <c r="J36" s="88">
-[...2 lines deleted...]
-      <c r="K36" s="91">
+      <c r="J36" s="97">
+        <v>100</v>
+      </c>
+      <c r="K36" s="100">
         <v>81.082832022211932</v>
       </c>
-      <c r="L36" s="94">
+      <c r="L36" s="103">
         <v>0.98416912248228161</v>
       </c>
-      <c r="M36" s="82">
+      <c r="M36" s="106">
         <v>0.99968825348888191</v>
       </c>
-      <c r="N36" s="85">
+      <c r="N36" s="109">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="37" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B37" s="36" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="58">
         <v>44562</v>
       </c>
       <c r="D37" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="46">
         <v>94.39</v>
       </c>
       <c r="F37" s="41">
         <v>100</v>
       </c>
       <c r="G37" s="46">
         <v>99.81</v>
       </c>
       <c r="H37" s="41">
         <v>1</v>
       </c>
       <c r="I37" s="52">
         <v>0.37923778349310266</v>
       </c>
-      <c r="J37" s="89"/>
-[...3 lines deleted...]
-      <c r="N37" s="86"/>
+      <c r="J37" s="98"/>
+      <c r="K37" s="101"/>
+      <c r="L37" s="104"/>
+      <c r="M37" s="107"/>
+      <c r="N37" s="110"/>
     </row>
     <row r="38" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="67">
         <v>44562</v>
       </c>
       <c r="D38" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="47">
         <v>90.3</v>
       </c>
       <c r="F38" s="42">
         <v>99.97</v>
       </c>
       <c r="G38" s="47">
         <v>96.95</v>
       </c>
       <c r="H38" s="42">
         <v>11</v>
       </c>
       <c r="I38" s="42">
         <v>0.24602525134440029</v>
       </c>
-      <c r="J38" s="90"/>
-[...3 lines deleted...]
-      <c r="N38" s="87"/>
+      <c r="J38" s="99"/>
+      <c r="K38" s="102"/>
+      <c r="L38" s="105"/>
+      <c r="M38" s="108"/>
+      <c r="N38" s="111"/>
     </row>
     <row r="39" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B39" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="73">
         <v>44593</v>
       </c>
       <c r="D39" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="48">
         <v>93.000608642726718</v>
       </c>
       <c r="F39" s="43">
         <v>97.84</v>
       </c>
       <c r="G39" s="50">
         <v>94.1</v>
       </c>
       <c r="H39" s="43">
         <v>13</v>
       </c>
       <c r="I39" s="68">
         <v>8.8456640037049908E-2</v>
       </c>
-      <c r="J39" s="97">
-[...2 lines deleted...]
-      <c r="K39" s="100">
+      <c r="J39" s="82">
+        <v>100</v>
+      </c>
+      <c r="K39" s="85">
         <v>81.36</v>
       </c>
-      <c r="L39" s="103">
+      <c r="L39" s="88">
         <v>0.983500818</v>
       </c>
-      <c r="M39" s="106">
+      <c r="M39" s="91">
         <v>0.99794744000000002</v>
       </c>
-      <c r="N39" s="109">
+      <c r="N39" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="40" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B40" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="74">
         <v>44593</v>
       </c>
       <c r="D40" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="49">
         <v>92.237507018528916</v>
       </c>
       <c r="F40" s="44">
         <v>100</v>
       </c>
       <c r="G40" s="49">
         <v>99.75</v>
       </c>
       <c r="H40" s="51">
         <v>1</v>
       </c>
       <c r="I40" s="44">
         <v>0.38039828644205165</v>
       </c>
-      <c r="J40" s="98"/>
-[...3 lines deleted...]
-      <c r="N40" s="110"/>
+      <c r="J40" s="83"/>
+      <c r="K40" s="86"/>
+      <c r="L40" s="89"/>
+      <c r="M40" s="92"/>
+      <c r="N40" s="95"/>
     </row>
     <row r="41" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B41" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="72">
         <v>44593</v>
       </c>
       <c r="D41" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="71">
         <v>88.495011674803649</v>
       </c>
       <c r="F41" s="70">
         <v>99.95</v>
       </c>
       <c r="G41" s="71">
         <v>96.95</v>
       </c>
       <c r="H41" s="70">
         <v>11</v>
       </c>
       <c r="I41" s="70">
         <v>0.24134537455134886</v>
       </c>
-      <c r="J41" s="99"/>
-[...3 lines deleted...]
-      <c r="N41" s="111"/>
+      <c r="J41" s="84"/>
+      <c r="K41" s="87"/>
+      <c r="L41" s="90"/>
+      <c r="M41" s="93"/>
+      <c r="N41" s="96"/>
     </row>
     <row r="42" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B42" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="66">
         <v>44621</v>
       </c>
       <c r="D42" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="45">
         <v>90.430351075877695</v>
       </c>
       <c r="F42" s="40">
         <v>97.68</v>
       </c>
       <c r="G42" s="45">
         <v>94.301815904821538</v>
       </c>
       <c r="H42" s="40">
         <v>13</v>
       </c>
       <c r="I42" s="40">
         <v>9.1707821293212352E-2</v>
       </c>
-      <c r="J42" s="88">
-[...2 lines deleted...]
-      <c r="K42" s="91">
+      <c r="J42" s="97">
+        <v>100</v>
+      </c>
+      <c r="K42" s="100">
         <v>81.221286370597241</v>
       </c>
-      <c r="L42" s="94">
+      <c r="L42" s="103">
         <v>0.98516462480857581</v>
       </c>
-      <c r="M42" s="82">
+      <c r="M42" s="106">
         <v>0.99701856814701373</v>
       </c>
-      <c r="N42" s="85">
+      <c r="N42" s="109">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="43" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B43" s="36" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="58">
         <v>44621</v>
       </c>
       <c r="D43" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="46">
         <v>91.069827033952606</v>
       </c>
       <c r="F43" s="41">
         <v>100</v>
       </c>
       <c r="G43" s="46">
         <v>99.73269555430501</v>
       </c>
       <c r="H43" s="41">
         <v>1</v>
       </c>
       <c r="I43" s="52">
         <v>0.40817732858619504</v>
       </c>
-      <c r="J43" s="89"/>
-[...3 lines deleted...]
-      <c r="N43" s="86"/>
+      <c r="J43" s="98"/>
+      <c r="K43" s="101"/>
+      <c r="L43" s="104"/>
+      <c r="M43" s="107"/>
+      <c r="N43" s="110"/>
     </row>
     <row r="44" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="67">
         <v>44621</v>
       </c>
       <c r="D44" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="47">
         <v>87.468911421465464</v>
       </c>
       <c r="F44" s="42">
         <v>99.95</v>
       </c>
       <c r="G44" s="47">
         <v>94.969378827646551</v>
       </c>
       <c r="H44" s="42">
         <v>11</v>
       </c>
       <c r="I44" s="42">
         <v>0.26254737567474445</v>
       </c>
-      <c r="J44" s="90"/>
-[...3 lines deleted...]
-      <c r="N44" s="87"/>
+      <c r="J44" s="99"/>
+      <c r="K44" s="102"/>
+      <c r="L44" s="105"/>
+      <c r="M44" s="108"/>
+      <c r="N44" s="111"/>
     </row>
     <row r="45" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B45" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="73">
         <v>44652</v>
       </c>
       <c r="D45" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="48">
         <v>85.553470919324582</v>
       </c>
       <c r="F45" s="48">
         <v>97.441520467836256</v>
       </c>
       <c r="G45" s="50">
         <v>94.883040935672511</v>
       </c>
       <c r="H45" s="43">
         <v>12</v>
       </c>
       <c r="I45" s="68">
         <v>7.7837837837837834E-2</v>
       </c>
-      <c r="J45" s="97">
-[...2 lines deleted...]
-      <c r="K45" s="100">
+      <c r="J45" s="82">
+        <v>100</v>
+      </c>
+      <c r="K45" s="85">
         <v>81.069999999999993</v>
       </c>
-      <c r="L45" s="103">
+      <c r="L45" s="88">
         <v>0.98519190000000001</v>
       </c>
-      <c r="M45" s="106">
+      <c r="M45" s="91">
         <v>0.99660899999999997</v>
       </c>
-      <c r="N45" s="109">
+      <c r="N45" s="94">
         <v>0.995</v>
       </c>
     </row>
     <row r="46" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B46" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="74">
         <v>44652</v>
       </c>
       <c r="D46" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="49">
         <v>90.13</v>
       </c>
       <c r="F46" s="44">
         <v>100</v>
       </c>
       <c r="G46" s="49">
         <v>99.678456591639872</v>
       </c>
       <c r="H46" s="51">
         <v>1</v>
       </c>
       <c r="I46" s="44">
         <v>0.37160739687055477</v>
       </c>
-      <c r="J46" s="98"/>
-[...3 lines deleted...]
-      <c r="N46" s="110"/>
+      <c r="J46" s="83"/>
+      <c r="K46" s="86"/>
+      <c r="L46" s="89"/>
+      <c r="M46" s="92"/>
+      <c r="N46" s="95"/>
     </row>
     <row r="47" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B47" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="72">
         <v>44652</v>
       </c>
       <c r="D47" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="71">
         <v>86.953919808497901</v>
       </c>
       <c r="F47" s="71">
         <v>99.954117916953436</v>
       </c>
       <c r="G47" s="71">
         <v>95.113558155540261</v>
       </c>
       <c r="H47" s="70">
         <v>10</v>
       </c>
       <c r="I47" s="70">
         <v>0.24802275960170697</v>
       </c>
-      <c r="J47" s="99"/>
-[...3 lines deleted...]
-      <c r="N47" s="111"/>
+      <c r="J47" s="84"/>
+      <c r="K47" s="87"/>
+      <c r="L47" s="90"/>
+      <c r="M47" s="93"/>
+      <c r="N47" s="96"/>
     </row>
     <row r="48" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B48" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="66">
         <v>44682</v>
       </c>
       <c r="D48" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="45">
         <v>79.521765787860204</v>
       </c>
       <c r="F48" s="45">
         <v>96.838858905165765</v>
       </c>
       <c r="G48" s="45">
         <v>92.521202775636084</v>
       </c>
       <c r="H48" s="40">
         <v>11</v>
       </c>
       <c r="I48" s="40">
         <v>7.3169355748617854E-2</v>
       </c>
-      <c r="J48" s="88">
-[...2 lines deleted...]
-      <c r="K48" s="91">
+      <c r="J48" s="97">
+        <v>100</v>
+      </c>
+      <c r="K48" s="100">
         <v>81.31352545719524</v>
       </c>
-      <c r="L48" s="94">
+      <c r="L48" s="103">
         <v>0.98388416153448355</v>
       </c>
-      <c r="M48" s="82">
+      <c r="M48" s="106">
         <v>0.9970476235249871</v>
       </c>
-      <c r="N48" s="85">
+      <c r="N48" s="109">
         <v>0.99529999999999996</v>
       </c>
     </row>
     <row r="49" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B49" s="36" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="58">
         <v>44682</v>
       </c>
       <c r="D49" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="46">
         <v>100</v>
       </c>
       <c r="F49" s="41">
         <v>100</v>
       </c>
       <c r="G49" s="46">
         <v>100</v>
       </c>
       <c r="H49" s="41">
         <v>1</v>
       </c>
       <c r="I49" s="52">
         <v>0.4152657113844071</v>
       </c>
-      <c r="J49" s="89"/>
-[...3 lines deleted...]
-      <c r="N49" s="86"/>
+      <c r="J49" s="98"/>
+      <c r="K49" s="101"/>
+      <c r="L49" s="104"/>
+      <c r="M49" s="107"/>
+      <c r="N49" s="110"/>
     </row>
     <row r="50" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B50" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="67">
         <v>44682</v>
       </c>
       <c r="D50" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="47">
         <v>79.94</v>
       </c>
       <c r="F50" s="47">
         <v>99.90167158308752</v>
       </c>
       <c r="G50" s="47">
         <v>96.755162241887902</v>
       </c>
       <c r="H50" s="42">
         <v>10</v>
       </c>
       <c r="I50" s="42">
         <v>0.22949339952611983</v>
       </c>
-      <c r="J50" s="90"/>
-[...3 lines deleted...]
-      <c r="N50" s="87"/>
+      <c r="J50" s="99"/>
+      <c r="K50" s="102"/>
+      <c r="L50" s="105"/>
+      <c r="M50" s="108"/>
+      <c r="N50" s="111"/>
     </row>
     <row r="51" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B51" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="73">
         <v>44713</v>
       </c>
       <c r="D51" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="48">
         <v>88.080684596577015</v>
       </c>
       <c r="F51" s="48">
         <v>97.015961138098533</v>
       </c>
       <c r="G51" s="50">
         <v>79.181124219292158</v>
       </c>
       <c r="H51" s="43">
         <v>9</v>
       </c>
       <c r="I51" s="68">
         <v>8.0417434008594232E-2</v>
       </c>
-      <c r="J51" s="97">
-[...2 lines deleted...]
-      <c r="K51" s="100">
+      <c r="J51" s="82">
+        <v>100</v>
+      </c>
+      <c r="K51" s="85">
         <v>81.349999999999994</v>
       </c>
-      <c r="L51" s="103">
+      <c r="L51" s="88">
         <v>0.98292772500000003</v>
       </c>
-      <c r="M51" s="106">
+      <c r="M51" s="91">
         <v>0.99829788799999997</v>
       </c>
-      <c r="N51" s="109">
+      <c r="N51" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="52" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B52" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="74">
         <v>44713</v>
       </c>
       <c r="D52" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="75">
         <v>100</v>
       </c>
       <c r="F52" s="44">
         <v>100</v>
       </c>
       <c r="G52" s="75">
         <v>100</v>
       </c>
       <c r="H52" s="51">
         <v>1</v>
       </c>
       <c r="I52" s="44">
         <v>0.41754562196551148</v>
       </c>
-      <c r="J52" s="98"/>
-[...3 lines deleted...]
-      <c r="N52" s="110"/>
+      <c r="J52" s="83"/>
+      <c r="K52" s="86"/>
+      <c r="L52" s="89"/>
+      <c r="M52" s="92"/>
+      <c r="N52" s="95"/>
     </row>
     <row r="53" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B53" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="72">
         <v>44713</v>
       </c>
       <c r="D53" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="71">
         <v>93.500094750805388</v>
       </c>
       <c r="F53" s="71">
         <v>99.918929874341302</v>
       </c>
       <c r="G53" s="71">
         <v>80.826915281718698</v>
       </c>
       <c r="H53" s="70">
         <v>8</v>
       </c>
       <c r="I53" s="70">
         <v>0.27535018695239688</v>
       </c>
-      <c r="J53" s="99"/>
-[...3 lines deleted...]
-      <c r="N53" s="111"/>
+      <c r="J53" s="84"/>
+      <c r="K53" s="87"/>
+      <c r="L53" s="90"/>
+      <c r="M53" s="93"/>
+      <c r="N53" s="96"/>
     </row>
     <row r="54" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B54" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="66">
         <v>44743</v>
       </c>
       <c r="D54" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="45">
         <v>92.356285533796594</v>
       </c>
       <c r="F54" s="45">
         <v>97.058823529411768</v>
       </c>
       <c r="G54" s="45">
         <v>72.435020519835845</v>
       </c>
       <c r="H54" s="40">
         <v>8</v>
       </c>
       <c r="I54" s="40">
         <v>8.0608700446600873E-2</v>
       </c>
-      <c r="J54" s="88">
-[...2 lines deleted...]
-      <c r="K54" s="91">
+      <c r="J54" s="97">
+        <v>100</v>
+      </c>
+      <c r="K54" s="100">
         <v>81.708364922921405</v>
       </c>
-      <c r="L54" s="94">
+      <c r="L54" s="103">
         <v>0.98321042111792678</v>
       </c>
-      <c r="M54" s="82">
+      <c r="M54" s="106">
         <v>0.99804718910101775</v>
       </c>
-      <c r="N54" s="85">
+      <c r="N54" s="109">
         <v>0.99550000000000005</v>
       </c>
     </row>
     <row r="55" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B55" s="36" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="58">
         <v>44743</v>
       </c>
       <c r="D55" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="46">
         <v>100</v>
       </c>
       <c r="F55" s="41">
         <v>100</v>
       </c>
       <c r="G55" s="46">
         <v>100</v>
       </c>
       <c r="H55" s="41">
         <v>1</v>
       </c>
       <c r="I55" s="52">
         <v>0.17742735843855104</v>
       </c>
-      <c r="J55" s="89"/>
-[...3 lines deleted...]
-      <c r="N55" s="86"/>
+      <c r="J55" s="98"/>
+      <c r="K55" s="101"/>
+      <c r="L55" s="104"/>
+      <c r="M55" s="107"/>
+      <c r="N55" s="110"/>
     </row>
     <row r="56" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="67">
         <v>44743</v>
       </c>
       <c r="D56" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="47">
         <v>95.629307217990572</v>
       </c>
       <c r="F56" s="47">
         <v>99.924141854731658</v>
       </c>
       <c r="G56" s="47">
         <v>77.982173335861944</v>
       </c>
       <c r="H56" s="42">
         <v>9</v>
       </c>
       <c r="I56" s="42">
         <v>0.29073165352594144</v>
       </c>
-      <c r="J56" s="90"/>
-[...3 lines deleted...]
-      <c r="N56" s="87"/>
+      <c r="J56" s="99"/>
+      <c r="K56" s="102"/>
+      <c r="L56" s="105"/>
+      <c r="M56" s="108"/>
+      <c r="N56" s="111"/>
     </row>
     <row r="57" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B57" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="73">
         <v>44774</v>
       </c>
       <c r="D57" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="48">
         <v>88.713910761154864</v>
       </c>
       <c r="F57" s="48">
         <v>96.745562130177504</v>
       </c>
       <c r="G57" s="50">
         <v>70.26627218934911</v>
       </c>
       <c r="H57" s="76">
         <v>8</v>
       </c>
       <c r="I57" s="68">
         <v>7.3590246026562153E-2</v>
       </c>
-      <c r="J57" s="97">
-[...2 lines deleted...]
-      <c r="K57" s="100">
+      <c r="J57" s="82">
+        <v>100</v>
+      </c>
+      <c r="K57" s="85">
         <v>81.709358287557194</v>
       </c>
-      <c r="L57" s="103">
+      <c r="L57" s="88">
         <v>0.98370657316392762</v>
       </c>
-      <c r="M57" s="106">
+      <c r="M57" s="91">
         <v>0.9977818803666928</v>
       </c>
-      <c r="N57" s="109">
+      <c r="N57" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="58" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B58" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="74">
         <v>44774</v>
       </c>
       <c r="D58" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="75">
         <v>100</v>
       </c>
       <c r="F58" s="44">
         <v>100</v>
       </c>
       <c r="G58" s="75">
         <v>100</v>
       </c>
       <c r="H58" s="77">
         <v>1</v>
       </c>
       <c r="I58" s="44">
         <v>0.16906161550185064</v>
       </c>
-      <c r="J58" s="98"/>
-[...3 lines deleted...]
-      <c r="N58" s="110"/>
+      <c r="J58" s="83"/>
+      <c r="K58" s="86"/>
+      <c r="L58" s="89"/>
+      <c r="M58" s="92"/>
+      <c r="N58" s="95"/>
     </row>
     <row r="59" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="72">
         <v>44774</v>
       </c>
       <c r="D59" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="71">
         <v>93.025732031943207</v>
       </c>
       <c r="F59" s="71">
         <v>99.923693246852338</v>
       </c>
       <c r="G59" s="71">
         <v>77.909194963754288</v>
       </c>
       <c r="H59" s="78">
         <v>6</v>
       </c>
       <c r="I59" s="70">
         <v>0.28532549531896362</v>
       </c>
-      <c r="J59" s="99"/>
-[...3 lines deleted...]
-      <c r="N59" s="111"/>
+      <c r="J59" s="84"/>
+      <c r="K59" s="87"/>
+      <c r="L59" s="90"/>
+      <c r="M59" s="93"/>
+      <c r="N59" s="96"/>
     </row>
     <row r="60" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B60" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="56">
         <v>44805</v>
       </c>
       <c r="D60" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="45">
         <v>84.274193548387103</v>
       </c>
       <c r="F60" s="45">
         <v>96.491228070175438</v>
       </c>
       <c r="G60" s="45">
         <v>68.341307814992021</v>
       </c>
       <c r="H60" s="40">
         <v>8</v>
       </c>
       <c r="I60" s="40">
         <v>6.6869300911854099E-2</v>
       </c>
-      <c r="J60" s="88">
-[...2 lines deleted...]
-      <c r="K60" s="91">
+      <c r="J60" s="97">
+        <v>100</v>
+      </c>
+      <c r="K60" s="100">
         <v>81.271631202456717</v>
       </c>
-      <c r="L60" s="94">
+      <c r="L60" s="103">
         <v>0.98475280524386177</v>
       </c>
-      <c r="M60" s="82">
+      <c r="M60" s="106">
         <v>0.99678702366403737</v>
       </c>
-      <c r="N60" s="85">
+      <c r="N60" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="61" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B61" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="58">
         <v>44805</v>
       </c>
       <c r="D61" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="81">
         <v>100</v>
       </c>
       <c r="F61" s="41">
         <v>100</v>
       </c>
       <c r="G61" s="81">
         <v>100</v>
       </c>
       <c r="H61" s="41">
         <v>1</v>
       </c>
       <c r="I61" s="52">
         <v>0.15672159121207274</v>
       </c>
-      <c r="J61" s="89"/>
-[...3 lines deleted...]
-      <c r="N61" s="86"/>
+      <c r="J61" s="98"/>
+      <c r="K61" s="101"/>
+      <c r="L61" s="104"/>
+      <c r="M61" s="107"/>
+      <c r="N61" s="110"/>
     </row>
     <row r="62" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B62" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="57">
         <v>44805</v>
       </c>
       <c r="D62" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="47">
         <v>90.449156787443656</v>
       </c>
       <c r="F62" s="47">
         <v>99.926158390252908</v>
       </c>
       <c r="G62" s="47">
         <v>78.770537197710908</v>
       </c>
       <c r="H62" s="42">
         <v>7</v>
       </c>
       <c r="I62" s="42">
         <v>0.28886044899482749</v>
       </c>
-      <c r="J62" s="90"/>
-[...3 lines deleted...]
-      <c r="N62" s="87"/>
+      <c r="J62" s="99"/>
+      <c r="K62" s="102"/>
+      <c r="L62" s="105"/>
+      <c r="M62" s="108"/>
+      <c r="N62" s="111"/>
     </row>
     <row r="63" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B63" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="73">
         <v>44835</v>
       </c>
       <c r="D63" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="48">
         <v>79.391424619640389</v>
       </c>
       <c r="F63" s="48">
         <v>96.167247386759584</v>
       </c>
       <c r="G63" s="50">
         <v>65.069686411149831</v>
       </c>
       <c r="H63" s="76">
         <v>7.5452961672473871</v>
       </c>
       <c r="I63" s="68">
         <v>6.0612460401267158E-2</v>
       </c>
-      <c r="J63" s="97">
-[...2 lines deleted...]
-      <c r="K63" s="100">
+      <c r="J63" s="82">
+        <v>100</v>
+      </c>
+      <c r="K63" s="85">
         <v>81.833781387633692</v>
       </c>
-      <c r="L63" s="103">
+      <c r="L63" s="88">
         <v>0.98399764166509007</v>
       </c>
-      <c r="M63" s="106">
+      <c r="M63" s="91">
         <v>0.99795405646804147</v>
       </c>
-      <c r="N63" s="109">
+      <c r="N63" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="64" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B64" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="74">
         <v>44835</v>
       </c>
       <c r="D64" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="75">
         <v>100</v>
       </c>
       <c r="F64" s="44">
         <v>100</v>
       </c>
       <c r="G64" s="75">
         <v>100</v>
       </c>
       <c r="H64" s="77">
         <v>1</v>
       </c>
       <c r="I64" s="44">
         <v>0.1694297782470961</v>
       </c>
-      <c r="J64" s="98"/>
-[...3 lines deleted...]
-      <c r="N64" s="110"/>
+      <c r="J64" s="83"/>
+      <c r="K64" s="86"/>
+      <c r="L64" s="89"/>
+      <c r="M64" s="92"/>
+      <c r="N64" s="95"/>
     </row>
     <row r="65" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B65" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="72">
         <v>44835</v>
       </c>
       <c r="D65" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="71">
         <v>84.7224469978961</v>
       </c>
       <c r="F65" s="71">
         <v>99.923591212989493</v>
       </c>
       <c r="G65" s="71">
         <v>77.841451766953199</v>
       </c>
       <c r="H65" s="78">
         <v>6.4053486150907357</v>
       </c>
       <c r="I65" s="70">
         <v>0.27639915522703273</v>
       </c>
-      <c r="J65" s="99"/>
-[...3 lines deleted...]
-      <c r="N65" s="111"/>
+      <c r="J65" s="84"/>
+      <c r="K65" s="87"/>
+      <c r="L65" s="90"/>
+      <c r="M65" s="93"/>
+      <c r="N65" s="96"/>
     </row>
     <row r="66" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B66" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="56">
         <v>44866</v>
       </c>
       <c r="D66" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="45">
         <v>73.460410557184758</v>
       </c>
       <c r="F66" s="45">
         <v>95.60878243512974</v>
       </c>
       <c r="G66" s="45">
         <v>60.079840319361274</v>
       </c>
       <c r="H66" s="40">
         <v>8</v>
       </c>
       <c r="I66" s="40">
         <v>5.2301910429063576E-2</v>
       </c>
-      <c r="J66" s="88">
-[...2 lines deleted...]
-      <c r="K66" s="91">
+      <c r="J66" s="97">
+        <v>100</v>
+      </c>
+      <c r="K66" s="100">
         <v>82.040028013519574</v>
       </c>
-      <c r="L66" s="94">
+      <c r="L66" s="103">
         <v>0.9848622596122476</v>
       </c>
-      <c r="M66" s="82">
+      <c r="M66" s="106">
         <v>0.99765539021005789</v>
       </c>
-      <c r="N66" s="85">
+      <c r="N66" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="67" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B67" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="58">
         <v>44866</v>
       </c>
       <c r="D67" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="81">
         <v>100</v>
       </c>
       <c r="F67" s="41">
         <v>100</v>
       </c>
       <c r="G67" s="81">
         <v>100</v>
       </c>
       <c r="H67" s="41">
         <v>1</v>
       </c>
       <c r="I67" s="52">
         <v>0.16859797473640253</v>
       </c>
-      <c r="J67" s="89"/>
-[...3 lines deleted...]
-      <c r="N67" s="86"/>
+      <c r="J67" s="98"/>
+      <c r="K67" s="101"/>
+      <c r="L67" s="104"/>
+      <c r="M67" s="107"/>
+      <c r="N67" s="110"/>
     </row>
     <row r="68" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B68" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="67">
         <v>44866</v>
       </c>
       <c r="D68" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="47">
         <v>77.959999999999994</v>
       </c>
       <c r="F68" s="47">
         <v>99.923591212989493</v>
       </c>
       <c r="G68" s="47">
         <v>77.3</v>
       </c>
       <c r="H68" s="42">
         <v>6</v>
       </c>
       <c r="I68" s="42">
         <v>0.27325399310992798</v>
       </c>
-      <c r="J68" s="90"/>
-[...3 lines deleted...]
-      <c r="N68" s="87"/>
+      <c r="J68" s="99"/>
+      <c r="K68" s="102"/>
+      <c r="L68" s="105"/>
+      <c r="M68" s="108"/>
+      <c r="N68" s="111"/>
     </row>
     <row r="69" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B69" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="55">
         <v>44896</v>
       </c>
       <c r="D69" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="48">
         <v>69.099999999999994</v>
       </c>
       <c r="F69" s="48">
         <v>95.2</v>
       </c>
       <c r="G69" s="50">
         <v>56.92</v>
       </c>
       <c r="H69" s="76">
         <v>7</v>
       </c>
       <c r="I69" s="68">
         <v>4.7865121620210879E-2</v>
       </c>
-      <c r="J69" s="97">
-[...2 lines deleted...]
-      <c r="K69" s="100">
+      <c r="J69" s="82">
+        <v>100</v>
+      </c>
+      <c r="K69" s="85">
         <v>98.48</v>
       </c>
-      <c r="L69" s="103">
+      <c r="L69" s="88">
         <v>0.98609999999999998</v>
       </c>
-      <c r="M69" s="106">
+      <c r="M69" s="91">
         <v>0.99660347100000002</v>
       </c>
-      <c r="N69" s="109">
+      <c r="N69" s="94">
         <v>0.99560000000000004</v>
       </c>
     </row>
     <row r="70" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B70" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="39">
         <v>44896</v>
       </c>
       <c r="D70" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="75">
         <v>100</v>
       </c>
       <c r="F70" s="44">
         <v>100</v>
       </c>
       <c r="G70" s="75">
         <v>100</v>
       </c>
       <c r="H70" s="77">
         <v>1</v>
       </c>
       <c r="I70" s="44">
         <v>0.16880676479799561</v>
       </c>
-      <c r="J70" s="98"/>
-[...3 lines deleted...]
-      <c r="N70" s="110"/>
+      <c r="J70" s="83"/>
+      <c r="K70" s="86"/>
+      <c r="L70" s="89"/>
+      <c r="M70" s="92"/>
+      <c r="N70" s="95"/>
     </row>
     <row r="71" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B71" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="74">
         <v>44896</v>
       </c>
       <c r="D71" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="71">
         <v>71.819999999999993</v>
       </c>
       <c r="F71" s="71">
         <v>99.91</v>
       </c>
       <c r="G71" s="71">
         <v>75.05</v>
       </c>
       <c r="H71" s="78">
         <v>6</v>
       </c>
       <c r="I71" s="70">
         <v>0.24480634721787242</v>
       </c>
-      <c r="J71" s="99"/>
-[...3 lines deleted...]
-      <c r="N71" s="111"/>
+      <c r="J71" s="84"/>
+      <c r="K71" s="87"/>
+      <c r="L71" s="90"/>
+      <c r="M71" s="93"/>
+      <c r="N71" s="96"/>
     </row>
     <row r="72" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B72" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="56">
         <v>44927</v>
       </c>
       <c r="D72" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="45">
         <v>64.744051910598415</v>
       </c>
       <c r="F72" s="45">
         <v>95.100222717149222</v>
       </c>
       <c r="G72" s="45">
         <v>61.1358574610245</v>
       </c>
       <c r="H72" s="40">
         <v>8</v>
       </c>
       <c r="I72" s="40">
         <v>4.5912367707960533E-2</v>
       </c>
-      <c r="J72" s="88">
-[...2 lines deleted...]
-      <c r="K72" s="91">
+      <c r="J72" s="97">
+        <v>100</v>
+      </c>
+      <c r="K72" s="100">
         <v>98.51</v>
       </c>
-      <c r="L72" s="94">
+      <c r="L72" s="103">
         <v>0.98399999999999999</v>
       </c>
-      <c r="M72" s="82">
+      <c r="M72" s="106">
         <v>0.99807837300000002</v>
       </c>
-      <c r="N72" s="85">
+      <c r="N72" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="73" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B73" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="58">
         <v>44927</v>
       </c>
       <c r="D73" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="81">
         <v>100</v>
       </c>
       <c r="F73" s="41">
         <v>100</v>
       </c>
       <c r="G73" s="81">
         <v>100</v>
       </c>
       <c r="H73" s="41">
         <v>1</v>
       </c>
       <c r="I73" s="52">
         <v>0.16969170202975611</v>
       </c>
-      <c r="J73" s="89"/>
-[...3 lines deleted...]
-      <c r="N73" s="86"/>
+      <c r="J73" s="98"/>
+      <c r="K73" s="101"/>
+      <c r="L73" s="104"/>
+      <c r="M73" s="107"/>
+      <c r="N73" s="110"/>
     </row>
     <row r="74" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B74" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="67">
         <v>44927</v>
       </c>
       <c r="D74" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E74" s="47">
         <v>65.813581503562602</v>
       </c>
       <c r="F74" s="47">
         <v>99.911621741051704</v>
       </c>
       <c r="G74" s="47">
         <v>80.799823243482109</v>
       </c>
       <c r="H74" s="42">
         <v>6</v>
       </c>
       <c r="I74" s="42">
         <v>0.23140242343678102</v>
       </c>
-      <c r="J74" s="90"/>
-[...3 lines deleted...]
-      <c r="N74" s="87"/>
+      <c r="J74" s="99"/>
+      <c r="K74" s="102"/>
+      <c r="L74" s="105"/>
+      <c r="M74" s="108"/>
+      <c r="N74" s="111"/>
     </row>
     <row r="75" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B75" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="55">
         <v>44958</v>
       </c>
       <c r="D75" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="48">
         <v>59.407305306685046</v>
       </c>
       <c r="F75" s="48">
         <v>95.939675174013914</v>
       </c>
       <c r="G75" s="50">
         <v>62.529002320185612</v>
       </c>
       <c r="H75" s="76">
         <v>7</v>
       </c>
       <c r="I75" s="68">
         <v>4.3652200000000002E-2</v>
       </c>
-      <c r="J75" s="97">
-[...2 lines deleted...]
-      <c r="K75" s="100">
+      <c r="J75" s="82">
+        <v>100</v>
+      </c>
+      <c r="K75" s="85">
         <v>83.39</v>
       </c>
-      <c r="L75" s="103">
+      <c r="L75" s="88">
         <v>0.98485845999999999</v>
       </c>
-      <c r="M75" s="106">
+      <c r="M75" s="91">
         <v>0.99888590700000002</v>
       </c>
-      <c r="N75" s="109">
+      <c r="N75" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="76" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B76" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="39">
         <v>44958</v>
       </c>
       <c r="D76" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="75">
         <v>100</v>
       </c>
       <c r="F76" s="44">
         <v>100</v>
       </c>
       <c r="G76" s="75">
         <v>100</v>
       </c>
       <c r="H76" s="77">
         <v>1</v>
       </c>
       <c r="I76" s="44">
         <v>0.181344002</v>
       </c>
-      <c r="J76" s="98"/>
-[...3 lines deleted...]
-      <c r="N76" s="110"/>
+      <c r="J76" s="83"/>
+      <c r="K76" s="86"/>
+      <c r="L76" s="89"/>
+      <c r="M76" s="92"/>
+      <c r="N76" s="95"/>
     </row>
     <row r="77" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B77" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="74">
         <v>44958</v>
       </c>
       <c r="D77" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E77" s="71">
         <v>60.161133490762609</v>
       </c>
       <c r="F77" s="71">
         <v>99.930731932579093</v>
       </c>
       <c r="G77" s="71">
         <v>81.413068575386745</v>
       </c>
       <c r="H77" s="78">
         <v>6</v>
       </c>
       <c r="I77" s="70">
         <v>0.219324454</v>
       </c>
-      <c r="J77" s="99"/>
-[...3 lines deleted...]
-      <c r="N77" s="111"/>
+      <c r="J77" s="84"/>
+      <c r="K77" s="87"/>
+      <c r="L77" s="90"/>
+      <c r="M77" s="93"/>
+      <c r="N77" s="96"/>
     </row>
     <row r="78" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B78" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="56">
         <v>44986</v>
       </c>
       <c r="D78" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="45">
         <v>53.807829181494661</v>
       </c>
       <c r="F78" s="45">
         <v>95.899470899470899</v>
       </c>
       <c r="G78" s="45">
         <v>64.021164021164026</v>
       </c>
       <c r="H78" s="40">
         <v>7</v>
       </c>
       <c r="I78" s="40">
         <v>3.7940379403794036E-2</v>
       </c>
-      <c r="J78" s="88">
-[...2 lines deleted...]
-      <c r="K78" s="91">
+      <c r="J78" s="97">
+        <v>100</v>
+      </c>
+      <c r="K78" s="100">
         <v>98.66</v>
       </c>
-      <c r="L78" s="94">
+      <c r="L78" s="103">
         <v>0.98399999999999999</v>
       </c>
-      <c r="M78" s="82">
+      <c r="M78" s="106">
         <v>0.99811383099999995</v>
       </c>
-      <c r="N78" s="85">
+      <c r="N78" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="79" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B79" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="58">
         <v>44986</v>
       </c>
       <c r="D79" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="81">
         <v>100</v>
       </c>
       <c r="F79" s="41">
         <v>100</v>
       </c>
       <c r="G79" s="81">
         <v>100</v>
       </c>
       <c r="H79" s="41">
         <v>1</v>
       </c>
       <c r="I79" s="52">
         <v>0.1782595603733815</v>
       </c>
-      <c r="J79" s="89"/>
-[...3 lines deleted...]
-      <c r="N79" s="86"/>
+      <c r="J79" s="98"/>
+      <c r="K79" s="101"/>
+      <c r="L79" s="104"/>
+      <c r="M79" s="107"/>
+      <c r="N79" s="110"/>
     </row>
     <row r="80" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B80" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="67">
         <v>44986</v>
       </c>
       <c r="D80" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="47">
         <v>54.822954822954827</v>
       </c>
       <c r="F80" s="47">
         <v>99.925760950259829</v>
       </c>
       <c r="G80" s="47">
         <v>82.628062360801778</v>
       </c>
       <c r="H80" s="42">
         <v>5</v>
       </c>
       <c r="I80" s="42">
         <v>0.20280036133694671</v>
       </c>
-      <c r="J80" s="90"/>
-[...3 lines deleted...]
-      <c r="N80" s="87"/>
+      <c r="J80" s="99"/>
+      <c r="K80" s="102"/>
+      <c r="L80" s="105"/>
+      <c r="M80" s="108"/>
+      <c r="N80" s="111"/>
     </row>
     <row r="81" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B81" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="55">
         <v>45017</v>
       </c>
       <c r="D81" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="48">
         <v>49.550898203592816</v>
       </c>
       <c r="F81" s="48">
         <v>95.16</v>
       </c>
       <c r="G81" s="50">
         <v>68.73</v>
       </c>
       <c r="H81" s="76">
         <v>8</v>
       </c>
       <c r="I81" s="68">
         <v>3.2860121115854263E-2</v>
       </c>
-      <c r="J81" s="97">
-[...2 lines deleted...]
-      <c r="K81" s="100">
+      <c r="J81" s="82">
+        <v>100</v>
+      </c>
+      <c r="K81" s="85">
         <v>98.18</v>
       </c>
-      <c r="L81" s="103">
+      <c r="L81" s="88">
         <v>0.98614265000000001</v>
       </c>
-      <c r="M81" s="106">
+      <c r="M81" s="91">
         <v>0.99813856499999998</v>
       </c>
-      <c r="N81" s="109">
+      <c r="N81" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="82" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B82" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="39">
         <v>45017</v>
       </c>
       <c r="D82" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="75">
         <v>100</v>
       </c>
       <c r="F82" s="44">
         <v>100</v>
       </c>
       <c r="G82" s="75">
         <v>88</v>
       </c>
       <c r="H82" s="77">
         <v>1</v>
       </c>
       <c r="I82" s="44">
         <v>0.1825672590092326</v>
       </c>
-      <c r="J82" s="98"/>
-[...3 lines deleted...]
-      <c r="N82" s="110"/>
+      <c r="J82" s="83"/>
+      <c r="K82" s="86"/>
+      <c r="L82" s="89"/>
+      <c r="M82" s="92"/>
+      <c r="N82" s="95"/>
     </row>
     <row r="83" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B83" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="74">
         <v>45017</v>
       </c>
       <c r="D83" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="71">
         <v>50.25</v>
       </c>
       <c r="F83" s="71">
         <v>99.91</v>
       </c>
       <c r="G83" s="71">
         <v>85.63</v>
       </c>
       <c r="H83" s="78">
         <v>6</v>
       </c>
       <c r="I83" s="70">
         <v>0.18207088255733148</v>
       </c>
-      <c r="J83" s="99"/>
-[...3 lines deleted...]
-      <c r="N83" s="111"/>
+      <c r="J83" s="84"/>
+      <c r="K83" s="87"/>
+      <c r="L83" s="90"/>
+      <c r="M83" s="93"/>
+      <c r="N83" s="96"/>
     </row>
     <row r="84" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B84" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="56">
         <v>45047</v>
       </c>
       <c r="D84" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="45">
         <v>41.694078947368425</v>
       </c>
       <c r="F84" s="45">
         <v>95.463510848126234</v>
       </c>
       <c r="G84" s="45">
         <v>78.698224852071007</v>
       </c>
       <c r="H84" s="40">
         <v>9</v>
       </c>
       <c r="I84" s="40">
         <v>2.5165036978210157E-2</v>
       </c>
-      <c r="J84" s="88">
-[...2 lines deleted...]
-      <c r="K84" s="91">
+      <c r="J84" s="97">
+        <v>100</v>
+      </c>
+      <c r="K84" s="100">
         <v>98.66</v>
       </c>
-      <c r="L84" s="94">
+      <c r="L84" s="103">
         <v>0.98399999999999999</v>
       </c>
-      <c r="M84" s="82">
+      <c r="M84" s="106">
         <v>0.99811383099999995</v>
       </c>
-      <c r="N84" s="85">
+      <c r="N84" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="85" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B85" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="58">
         <v>45047</v>
       </c>
       <c r="D85" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="81">
         <v>100</v>
       </c>
       <c r="F85" s="41">
         <v>100</v>
       </c>
       <c r="G85" s="81">
         <v>96.255630630630634</v>
       </c>
       <c r="H85" s="41">
         <v>4</v>
       </c>
       <c r="I85" s="52">
         <v>0.17630416439172086</v>
       </c>
-      <c r="J85" s="89"/>
-[...3 lines deleted...]
-      <c r="N85" s="86"/>
+      <c r="J85" s="98"/>
+      <c r="K85" s="101"/>
+      <c r="L85" s="104"/>
+      <c r="M85" s="107"/>
+      <c r="N85" s="110"/>
     </row>
     <row r="86" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B86" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="67">
         <v>45047</v>
       </c>
       <c r="D86" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="47">
         <v>44.829438624764975</v>
       </c>
       <c r="F86" s="47">
         <v>99.970041941282204</v>
       </c>
       <c r="G86" s="47">
         <v>92.750149790293591</v>
       </c>
       <c r="H86" s="42">
         <v>6</v>
       </c>
       <c r="I86" s="42">
         <v>0.16569045964459447</v>
       </c>
-      <c r="J86" s="90"/>
-[...3 lines deleted...]
-      <c r="N86" s="87"/>
+      <c r="J86" s="99"/>
+      <c r="K86" s="102"/>
+      <c r="L86" s="105"/>
+      <c r="M86" s="108"/>
+      <c r="N86" s="111"/>
     </row>
     <row r="87" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B87" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="55">
         <v>45078</v>
       </c>
       <c r="D87" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="48">
         <v>34.74</v>
       </c>
       <c r="F87" s="48">
         <v>95.18</v>
       </c>
       <c r="G87" s="50">
         <v>91.13</v>
       </c>
       <c r="H87" s="76">
         <v>9.4303797468354436</v>
       </c>
       <c r="I87" s="68">
         <v>1.9209259349316735E-2</v>
       </c>
-      <c r="J87" s="97">
-[...2 lines deleted...]
-      <c r="K87" s="100">
+      <c r="J87" s="82">
+        <v>100</v>
+      </c>
+      <c r="K87" s="85">
         <v>84.69</v>
       </c>
-      <c r="L87" s="103">
+      <c r="L87" s="88">
         <v>0.98650000000000004</v>
       </c>
-      <c r="M87" s="106">
+      <c r="M87" s="91">
         <v>0.99850000000000005</v>
       </c>
-      <c r="N87" s="109">
+      <c r="N87" s="94">
         <v>0.99550000000000005</v>
       </c>
     </row>
     <row r="88" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B88" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="39">
         <v>45078</v>
       </c>
       <c r="D88" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="75">
         <v>100</v>
       </c>
       <c r="F88" s="44">
         <v>100</v>
       </c>
       <c r="G88" s="75">
         <v>100</v>
       </c>
       <c r="H88" s="77">
         <v>1</v>
       </c>
       <c r="I88" s="44">
         <v>0.16403248553226668</v>
       </c>
-      <c r="J88" s="98"/>
-[...3 lines deleted...]
-      <c r="N88" s="110"/>
+      <c r="J88" s="83"/>
+      <c r="K88" s="86"/>
+      <c r="L88" s="89"/>
+      <c r="M88" s="92"/>
+      <c r="N88" s="95"/>
     </row>
     <row r="89" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B89" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="39">
         <v>45078</v>
       </c>
       <c r="D89" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="71">
         <v>39.770000000000003</v>
       </c>
       <c r="F89" s="71">
         <v>99.96</v>
       </c>
       <c r="G89" s="71">
         <v>96.8</v>
       </c>
       <c r="H89" s="78">
         <v>5.0242605516782985</v>
       </c>
       <c r="I89" s="70">
         <v>0.14633078830909887</v>
       </c>
-      <c r="J89" s="99"/>
-[...3 lines deleted...]
-      <c r="N89" s="111"/>
+      <c r="J89" s="84"/>
+      <c r="K89" s="87"/>
+      <c r="L89" s="90"/>
+      <c r="M89" s="93"/>
+      <c r="N89" s="96"/>
     </row>
     <row r="90" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B90" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="56">
         <v>45108</v>
       </c>
       <c r="D90" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="45">
         <v>27.564102564102566</v>
       </c>
       <c r="F90" s="45">
         <v>94.684385382059801</v>
       </c>
       <c r="G90" s="45">
         <v>92.691029900332225</v>
       </c>
       <c r="H90" s="40">
         <v>7</v>
       </c>
       <c r="I90" s="40">
         <v>1.4515817901234568E-2</v>
       </c>
-      <c r="J90" s="88">
-[...2 lines deleted...]
-      <c r="K90" s="91">
+      <c r="J90" s="97">
+        <v>100</v>
+      </c>
+      <c r="K90" s="100">
         <v>85.208399999999997</v>
       </c>
-      <c r="L90" s="94">
+      <c r="L90" s="103">
         <v>0.98670000000000002</v>
       </c>
-      <c r="M90" s="82">
+      <c r="M90" s="106">
         <v>0.99856</v>
       </c>
-      <c r="N90" s="85">
+      <c r="N90" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="91" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B91" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="58">
         <v>45108</v>
       </c>
       <c r="D91" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="81">
         <v>100</v>
       </c>
       <c r="F91" s="41">
         <v>100</v>
       </c>
       <c r="G91" s="81">
         <v>100</v>
       </c>
       <c r="H91" s="41">
         <v>2</v>
       </c>
       <c r="I91" s="52">
         <v>0.16849922839506173</v>
       </c>
-      <c r="J91" s="89"/>
-[...3 lines deleted...]
-      <c r="N91" s="86"/>
+      <c r="J91" s="98"/>
+      <c r="K91" s="101"/>
+      <c r="L91" s="104"/>
+      <c r="M91" s="107"/>
+      <c r="N91" s="110"/>
     </row>
     <row r="92" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B92" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="67">
         <v>45108</v>
       </c>
       <c r="D92" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E92" s="47">
         <v>34.161073825503358</v>
       </c>
       <c r="F92" s="47">
         <v>99.96</v>
       </c>
       <c r="G92" s="47">
         <v>97.367387033398828</v>
       </c>
       <c r="H92" s="42">
         <v>4</v>
       </c>
       <c r="I92" s="42">
         <v>0.12273341049382716</v>
       </c>
-      <c r="J92" s="90"/>
-[...3 lines deleted...]
-      <c r="N92" s="87"/>
+      <c r="J92" s="99"/>
+      <c r="K92" s="102"/>
+      <c r="L92" s="105"/>
+      <c r="M92" s="108"/>
+      <c r="N92" s="111"/>
     </row>
     <row r="93" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B93" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="55">
         <v>45139</v>
       </c>
       <c r="D93" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="48">
         <v>21.259842519685041</v>
       </c>
       <c r="F93" s="48">
         <v>93.518518518518519</v>
       </c>
       <c r="G93" s="50">
         <v>91.203703703703709</v>
       </c>
       <c r="H93" s="76">
         <v>4</v>
       </c>
       <c r="I93" s="68">
         <v>1.0331467929401636E-2</v>
       </c>
-      <c r="J93" s="97">
-[...2 lines deleted...]
-      <c r="K93" s="100">
+      <c r="J93" s="82">
+        <v>100</v>
+      </c>
+      <c r="K93" s="85">
         <v>85.701245640259089</v>
       </c>
-      <c r="L93" s="103">
+      <c r="L93" s="88">
         <v>0.98545092177379168</v>
       </c>
-      <c r="M93" s="106">
+      <c r="M93" s="91">
         <v>0.99789536621823616</v>
       </c>
-      <c r="N93" s="109">
+      <c r="N93" s="94">
         <v>0.99560000000000004</v>
       </c>
     </row>
     <row r="94" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B94" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="39">
         <v>45139</v>
       </c>
       <c r="D94" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="75">
         <v>100</v>
       </c>
       <c r="F94" s="44">
         <v>100</v>
       </c>
       <c r="G94" s="75">
         <v>100</v>
       </c>
       <c r="H94" s="77">
         <v>2</v>
       </c>
       <c r="I94" s="44">
         <v>0.17903094657291815</v>
       </c>
-      <c r="J94" s="98"/>
-[...3 lines deleted...]
-      <c r="N94" s="110"/>
+      <c r="J94" s="83"/>
+      <c r="K94" s="86"/>
+      <c r="L94" s="89"/>
+      <c r="M94" s="92"/>
+      <c r="N94" s="95"/>
     </row>
     <row r="95" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B95" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="39">
         <v>45139</v>
       </c>
       <c r="D95" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="71">
         <v>28.82895280033026</v>
       </c>
       <c r="F95" s="71">
         <v>99.95226730310263</v>
       </c>
       <c r="G95" s="71">
         <v>96.897374701670643</v>
       </c>
       <c r="H95" s="78">
         <v>3</v>
       </c>
       <c r="I95" s="70">
         <v>0.10020567274118716</v>
       </c>
-      <c r="J95" s="99"/>
-[...3 lines deleted...]
-      <c r="N95" s="111"/>
+      <c r="J95" s="84"/>
+      <c r="K95" s="87"/>
+      <c r="L95" s="90"/>
+      <c r="M95" s="93"/>
+      <c r="N95" s="96"/>
     </row>
     <row r="96" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B96" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="56">
         <v>45170</v>
       </c>
       <c r="D96" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="45">
         <v>85.196206062860341</v>
       </c>
       <c r="F96" s="45">
         <v>99.650731281379606</v>
       </c>
       <c r="G96" s="45">
         <v>99.650731281379606</v>
       </c>
       <c r="H96" s="40">
         <v>1</v>
       </c>
       <c r="I96" s="40">
         <v>0.21730468194108438</v>
       </c>
-      <c r="J96" s="88">
-[...2 lines deleted...]
-      <c r="K96" s="91">
+      <c r="J96" s="97">
+        <v>100</v>
+      </c>
+      <c r="K96" s="100">
         <v>85.707339442287775</v>
       </c>
-      <c r="L96" s="94">
+      <c r="L96" s="103">
         <v>0.98601370956902623</v>
       </c>
-      <c r="M96" s="82">
+      <c r="M96" s="106">
         <v>0.99791272997525315</v>
       </c>
-      <c r="N96" s="85">
+      <c r="N96" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="97" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B97" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="58">
         <v>45170</v>
       </c>
       <c r="D97" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="81">
         <v>100</v>
       </c>
       <c r="F97" s="41">
         <v>100</v>
       </c>
       <c r="G97" s="81">
         <v>100</v>
       </c>
       <c r="H97" s="41">
         <v>1</v>
       </c>
       <c r="I97" s="52">
         <v>0.47085052891229068</v>
       </c>
-      <c r="J97" s="89"/>
-[...3 lines deleted...]
-      <c r="N97" s="86"/>
+      <c r="J97" s="98"/>
+      <c r="K97" s="101"/>
+      <c r="L97" s="104"/>
+      <c r="M97" s="107"/>
+      <c r="N97" s="110"/>
     </row>
     <row r="98" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="67">
         <v>45170</v>
       </c>
       <c r="D98" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="47">
         <v>23.814358230601883</v>
       </c>
       <c r="F98" s="47">
         <v>99.939098660170515</v>
       </c>
       <c r="G98" s="47">
         <v>97.015834348355668</v>
       </c>
       <c r="H98" s="42">
         <v>2</v>
       </c>
       <c r="I98" s="42">
         <v>7.7890043166832693E-2</v>
       </c>
-      <c r="J98" s="90"/>
-[...3 lines deleted...]
-      <c r="N98" s="87"/>
+      <c r="J98" s="99"/>
+      <c r="K98" s="102"/>
+      <c r="L98" s="105"/>
+      <c r="M98" s="108"/>
+      <c r="N98" s="111"/>
     </row>
     <row r="99" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B99" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="55">
         <v>45200</v>
       </c>
       <c r="D99" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="48">
         <v>85.196206062860341</v>
       </c>
       <c r="F99" s="48">
         <v>99.650731281379606</v>
       </c>
       <c r="G99" s="50">
         <v>99.650731281379606</v>
       </c>
       <c r="H99" s="76">
         <v>0.10892818161973368</v>
       </c>
       <c r="I99" s="68">
         <v>0.21730468194108438</v>
       </c>
-      <c r="J99" s="97">
-[...2 lines deleted...]
-      <c r="K99" s="100">
+      <c r="J99" s="82">
+        <v>100</v>
+      </c>
+      <c r="K99" s="85">
         <v>85.701245640259089</v>
       </c>
-      <c r="L99" s="103">
+      <c r="L99" s="88">
         <v>0.98545092177379168</v>
       </c>
-      <c r="M99" s="106">
+      <c r="M99" s="91">
         <v>0.99789536621823616</v>
       </c>
-      <c r="N99" s="109">
+      <c r="N99" s="94">
         <v>0.99560000000000004</v>
       </c>
     </row>
     <row r="100" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B100" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="39">
         <v>45200</v>
       </c>
       <c r="D100" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="75">
         <v>85.196206062860341</v>
       </c>
       <c r="F100" s="44">
         <v>99.650731281379606</v>
       </c>
       <c r="G100" s="75">
         <v>99.650731281379606</v>
       </c>
       <c r="H100" s="77">
         <v>0.10892818161973368</v>
       </c>
       <c r="I100" s="44">
         <v>0.21730468194108438</v>
       </c>
-      <c r="J100" s="98"/>
-[...3 lines deleted...]
-      <c r="N100" s="110"/>
+      <c r="J100" s="83"/>
+      <c r="K100" s="86"/>
+      <c r="L100" s="89"/>
+      <c r="M100" s="92"/>
+      <c r="N100" s="95"/>
     </row>
     <row r="101" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B101" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="72">
         <v>45200</v>
       </c>
       <c r="D101" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E101" s="71">
         <v>23.814358230601883</v>
       </c>
       <c r="F101" s="71">
         <v>99.939098660170515</v>
       </c>
       <c r="G101" s="71">
         <v>97.015834348355668</v>
       </c>
       <c r="H101" s="78">
         <v>1.8069427527405604</v>
       </c>
       <c r="I101" s="70">
         <v>7.7890043166832693E-2</v>
       </c>
-      <c r="J101" s="99"/>
-[...3 lines deleted...]
-      <c r="N101" s="111"/>
+      <c r="J101" s="84"/>
+      <c r="K101" s="87"/>
+      <c r="L101" s="90"/>
+      <c r="M101" s="93"/>
+      <c r="N101" s="96"/>
     </row>
     <row r="102" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B102" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="56">
         <v>45231</v>
       </c>
       <c r="D102" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="45">
         <v>90.33880359978825</v>
       </c>
       <c r="F102" s="45">
         <v>99.692352768825074</v>
       </c>
       <c r="G102" s="45">
         <v>99.853501318488142</v>
       </c>
       <c r="H102" s="40">
         <v>1</v>
       </c>
       <c r="I102" s="40">
         <v>0.3048410146480886</v>
       </c>
-      <c r="J102" s="88">
-[...2 lines deleted...]
-      <c r="K102" s="91">
+      <c r="J102" s="97">
+        <v>100</v>
+      </c>
+      <c r="K102" s="100">
         <v>85.707339442287775</v>
       </c>
-      <c r="L102" s="94">
+      <c r="L102" s="103">
         <v>0.98601370956902623</v>
       </c>
-      <c r="M102" s="82">
+      <c r="M102" s="106">
         <v>0.99791272997525315</v>
       </c>
-      <c r="N102" s="85">
+      <c r="N102" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="103" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B103" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="58">
         <v>45231</v>
       </c>
       <c r="D103" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="81">
         <v>100</v>
       </c>
       <c r="F103" s="41">
         <v>100</v>
       </c>
       <c r="G103" s="81">
         <v>95.51260217983652</v>
       </c>
       <c r="H103" s="41">
         <v>1</v>
       </c>
       <c r="I103" s="52">
         <v>0.52447302608074309</v>
       </c>
-      <c r="J103" s="89"/>
-[...3 lines deleted...]
-      <c r="N103" s="86"/>
+      <c r="J103" s="98"/>
+      <c r="K103" s="101"/>
+      <c r="L103" s="104"/>
+      <c r="M103" s="107"/>
+      <c r="N103" s="110"/>
     </row>
     <row r="104" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B104" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="67">
         <v>45231</v>
       </c>
       <c r="D104" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="47">
         <v>27.028245192307693</v>
       </c>
       <c r="F104" s="47">
         <v>99.944413563090606</v>
       </c>
       <c r="G104" s="47">
         <v>97.387437465258472</v>
       </c>
       <c r="H104" s="42">
         <v>4</v>
       </c>
       <c r="I104" s="42">
         <v>8.0341193283315473E-2</v>
       </c>
-      <c r="J104" s="90"/>
-[...3 lines deleted...]
-      <c r="N104" s="87"/>
+      <c r="J104" s="99"/>
+      <c r="K104" s="102"/>
+      <c r="L104" s="105"/>
+      <c r="M104" s="108"/>
+      <c r="N104" s="111"/>
     </row>
     <row r="105" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B105" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="55">
         <v>45261</v>
       </c>
       <c r="D105" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="48">
         <v>91.312667432070413</v>
       </c>
       <c r="F105" s="48">
         <v>99.692651578653255</v>
       </c>
       <c r="G105" s="50">
         <v>99.720592344230226</v>
       </c>
       <c r="H105" s="76">
         <v>1</v>
       </c>
       <c r="I105" s="68">
         <v>0.31966773847802787</v>
       </c>
-      <c r="J105" s="97">
-[...2 lines deleted...]
-      <c r="K105" s="100">
+      <c r="J105" s="82">
+        <v>100</v>
+      </c>
+      <c r="K105" s="85">
         <v>85.707339442287775</v>
       </c>
-      <c r="L105" s="103">
+      <c r="L105" s="88">
         <v>0.98601370956902623</v>
       </c>
-      <c r="M105" s="106">
+      <c r="M105" s="91">
         <v>0.99791272997525315</v>
       </c>
-      <c r="N105" s="109">
+      <c r="N105" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="106" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B106" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="39">
         <v>45261</v>
       </c>
       <c r="D106" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="75">
         <v>100</v>
       </c>
       <c r="F106" s="44">
         <v>100</v>
       </c>
       <c r="G106" s="75">
         <v>100</v>
       </c>
       <c r="H106" s="77">
         <v>0.56955201214882312</v>
       </c>
       <c r="I106" s="44">
         <v>0.58815648445873525</v>
       </c>
-      <c r="J106" s="98"/>
-[...3 lines deleted...]
-      <c r="N106" s="110"/>
+      <c r="J106" s="83"/>
+      <c r="K106" s="86"/>
+      <c r="L106" s="89"/>
+      <c r="M106" s="92"/>
+      <c r="N106" s="95"/>
     </row>
     <row r="107" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B107" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="72">
         <v>45261</v>
       </c>
       <c r="D107" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E107" s="71">
         <v>32.40568954854669</v>
       </c>
       <c r="F107" s="71">
         <v>99.952290076335885</v>
       </c>
       <c r="G107" s="71">
         <v>92.604961832061079</v>
       </c>
       <c r="H107" s="78">
         <v>3.3697519083969465</v>
       </c>
       <c r="I107" s="70">
         <v>9.3604858878170771E-2</v>
       </c>
-      <c r="J107" s="99"/>
-[...3 lines deleted...]
-      <c r="N107" s="111"/>
+      <c r="J107" s="84"/>
+      <c r="K107" s="87"/>
+      <c r="L107" s="90"/>
+      <c r="M107" s="93"/>
+      <c r="N107" s="96"/>
     </row>
     <row r="108" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B108" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="56">
         <v>45292</v>
       </c>
       <c r="D108" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="45">
         <v>93.500629987400259</v>
       </c>
       <c r="F108" s="45">
         <v>99.730488489612583</v>
       </c>
       <c r="G108" s="45">
         <v>99.764177428411003</v>
       </c>
       <c r="H108" s="40">
         <v>1</v>
       </c>
       <c r="I108" s="40">
         <v>0.39453280758495413</v>
       </c>
-      <c r="J108" s="88">
-[...2 lines deleted...]
-      <c r="K108" s="91">
+      <c r="J108" s="97">
+        <v>100</v>
+      </c>
+      <c r="K108" s="100">
         <v>87.113520266957664</v>
       </c>
-      <c r="L108" s="94">
+      <c r="L108" s="103">
         <v>0.98551738862266924</v>
       </c>
-      <c r="M108" s="82">
+      <c r="M108" s="106">
         <v>0.9979124163780424</v>
       </c>
-      <c r="N108" s="85">
+      <c r="N108" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="109" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B109" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="58">
         <v>45292</v>
       </c>
       <c r="D109" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="81">
         <v>100</v>
       </c>
       <c r="F109" s="41">
         <v>100</v>
       </c>
       <c r="G109" s="81">
         <v>99.96148414430607</v>
       </c>
       <c r="H109" s="41">
         <v>1</v>
       </c>
       <c r="I109" s="52">
         <v>0.69017766160116967</v>
       </c>
-      <c r="J109" s="89"/>
-[...3 lines deleted...]
-      <c r="N109" s="86"/>
+      <c r="J109" s="98"/>
+      <c r="K109" s="101"/>
+      <c r="L109" s="104"/>
+      <c r="M109" s="107"/>
+      <c r="N109" s="110"/>
     </row>
     <row r="110" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B110" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="67">
         <v>45292</v>
       </c>
       <c r="D110" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E110" s="47">
         <v>34.471947194719469</v>
       </c>
       <c r="F110" s="47">
         <v>99.808520823360453</v>
       </c>
       <c r="G110" s="47">
         <v>92.340832934418387</v>
       </c>
       <c r="H110" s="42">
         <v>3</v>
       </c>
       <c r="I110" s="42">
         <v>9.2552390235257631E-2</v>
       </c>
-      <c r="J110" s="90"/>
-[...3 lines deleted...]
-      <c r="N110" s="87"/>
+      <c r="J110" s="99"/>
+      <c r="K110" s="102"/>
+      <c r="L110" s="105"/>
+      <c r="M110" s="108"/>
+      <c r="N110" s="111"/>
     </row>
     <row r="111" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B111" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="55">
         <v>45323</v>
       </c>
       <c r="D111" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="48">
         <v>93.220511774900601</v>
       </c>
       <c r="F111" s="48">
         <v>99.69378827646544</v>
       </c>
       <c r="G111" s="50">
         <v>99.562554680664917</v>
       </c>
       <c r="H111" s="76">
         <v>1</v>
       </c>
       <c r="I111" s="68">
         <v>0.40305020496319477</v>
       </c>
-      <c r="J111" s="97">
-[...2 lines deleted...]
-      <c r="K111" s="100">
+      <c r="J111" s="82">
+        <v>100</v>
+      </c>
+      <c r="K111" s="85">
         <v>87.646934825517889</v>
       </c>
-      <c r="L111" s="103">
+      <c r="L111" s="88">
         <v>0.98983577027001135</v>
       </c>
-      <c r="M111" s="106">
+      <c r="M111" s="91">
         <v>0.99718682329494279</v>
       </c>
-      <c r="N111" s="109">
+      <c r="N111" s="94">
         <v>0.99550000000000005</v>
       </c>
     </row>
     <row r="112" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B112" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="39">
         <v>45323</v>
       </c>
       <c r="D112" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="75">
         <v>100</v>
       </c>
       <c r="F112" s="44">
         <v>100</v>
       </c>
       <c r="G112" s="75">
         <v>96.41600187705302</v>
       </c>
       <c r="H112" s="77">
         <v>1</v>
       </c>
       <c r="I112" s="44">
         <v>0.75144355798474893</v>
       </c>
-      <c r="J112" s="98"/>
-[...3 lines deleted...]
-      <c r="N112" s="110"/>
+      <c r="J112" s="83"/>
+      <c r="K112" s="86"/>
+      <c r="L112" s="89"/>
+      <c r="M112" s="92"/>
+      <c r="N112" s="95"/>
     </row>
     <row r="113" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B113" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="72">
         <v>45323</v>
       </c>
       <c r="D113" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E113" s="71">
         <v>37.135810081701862</v>
       </c>
       <c r="F113" s="71">
         <v>99.709422997094237</v>
       </c>
       <c r="G113" s="71">
         <v>87.505188875051886</v>
       </c>
       <c r="H113" s="78">
         <v>3</v>
       </c>
       <c r="I113" s="70">
         <v>0.10618415832855821</v>
       </c>
-      <c r="J113" s="99"/>
-[...3 lines deleted...]
-      <c r="N113" s="111"/>
+      <c r="J113" s="84"/>
+      <c r="K113" s="87"/>
+      <c r="L113" s="90"/>
+      <c r="M113" s="93"/>
+      <c r="N113" s="96"/>
     </row>
     <row r="114" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B114" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="56">
         <v>45352</v>
       </c>
       <c r="D114" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="45">
         <v>94.578905942542306</v>
       </c>
       <c r="F114" s="45">
         <v>99.708727764485587</v>
       </c>
       <c r="G114" s="45">
         <v>99.771143243524392</v>
       </c>
       <c r="H114" s="40">
         <v>1</v>
       </c>
       <c r="I114" s="40">
         <v>0.39453280758495413</v>
       </c>
-      <c r="J114" s="88">
-[...2 lines deleted...]
-      <c r="K114" s="91">
+      <c r="J114" s="97">
+        <v>100</v>
+      </c>
+      <c r="K114" s="100">
         <v>87.113520266957664</v>
       </c>
-      <c r="L114" s="94">
+      <c r="L114" s="103">
         <v>0.98551738862266924</v>
       </c>
-      <c r="M114" s="82">
+      <c r="M114" s="106">
         <v>0.9979124163780424</v>
       </c>
-      <c r="N114" s="85">
+      <c r="N114" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="115" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B115" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="58">
         <v>45352</v>
       </c>
       <c r="D115" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="81">
         <v>100</v>
       </c>
       <c r="F115" s="41">
         <v>100</v>
       </c>
       <c r="G115" s="81">
         <v>99.965673093426403</v>
       </c>
       <c r="H115" s="41">
         <v>1</v>
       </c>
       <c r="I115" s="52">
         <v>0.69017766160116967</v>
       </c>
-      <c r="J115" s="89"/>
-[...3 lines deleted...]
-      <c r="N115" s="86"/>
+      <c r="J115" s="98"/>
+      <c r="K115" s="101"/>
+      <c r="L115" s="104"/>
+      <c r="M115" s="107"/>
+      <c r="N115" s="110"/>
     </row>
     <row r="116" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B116" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="67">
         <v>45352</v>
       </c>
       <c r="D116" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E116" s="47">
         <v>42.343664038144141</v>
       </c>
       <c r="F116" s="47">
         <v>99.696838458207012</v>
       </c>
       <c r="G116" s="47">
         <v>92.854049372022516</v>
       </c>
       <c r="H116" s="42">
         <v>3</v>
       </c>
       <c r="I116" s="42">
         <v>9.2552390235257631E-2</v>
       </c>
-      <c r="J116" s="90"/>
-[...3 lines deleted...]
-      <c r="N116" s="87"/>
+      <c r="J116" s="99"/>
+      <c r="K116" s="102"/>
+      <c r="L116" s="105"/>
+      <c r="M116" s="108"/>
+      <c r="N116" s="111"/>
     </row>
     <row r="117" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B117" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="55">
         <v>45383</v>
       </c>
       <c r="D117" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="48">
         <v>95.585378774501152</v>
       </c>
       <c r="F117" s="48">
         <v>99.741363384444853</v>
       </c>
       <c r="G117" s="50">
         <v>99.815259560317742</v>
       </c>
       <c r="H117" s="76">
         <v>1</v>
       </c>
       <c r="I117" s="68">
         <v>0.4792598167249546</v>
       </c>
-      <c r="J117" s="97">
-[...2 lines deleted...]
-      <c r="K117" s="100">
+      <c r="J117" s="82">
+        <v>100</v>
+      </c>
+      <c r="K117" s="85">
         <v>89.165689464694424</v>
       </c>
-      <c r="L117" s="103">
+      <c r="L117" s="88">
         <v>0.99070181325953099</v>
       </c>
-      <c r="M117" s="106">
+      <c r="M117" s="91">
         <v>0.99685535776903844</v>
       </c>
-      <c r="N117" s="109">
+      <c r="N117" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="118" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B118" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="39">
         <v>45383</v>
       </c>
       <c r="D118" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="75">
         <v>100</v>
       </c>
       <c r="F118" s="44">
         <v>100</v>
       </c>
       <c r="G118" s="75">
         <v>99.908464354942922</v>
       </c>
       <c r="H118" s="77">
         <v>1</v>
       </c>
       <c r="I118" s="44">
         <v>0.82217008278365578</v>
       </c>
-      <c r="J118" s="98"/>
-[...3 lines deleted...]
-      <c r="N118" s="110"/>
+      <c r="J118" s="83"/>
+      <c r="K118" s="86"/>
+      <c r="L118" s="89"/>
+      <c r="M118" s="92"/>
+      <c r="N118" s="95"/>
     </row>
     <row r="119" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B119" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="72">
         <v>45383</v>
       </c>
       <c r="D119" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E119" s="71">
         <v>44.76367006487488</v>
       </c>
       <c r="F119" s="71">
         <v>99.668737060041408</v>
       </c>
       <c r="G119" s="71">
         <v>93.16770186335404</v>
       </c>
       <c r="H119" s="78">
         <v>3</v>
       </c>
       <c r="I119" s="70">
         <v>0.10691044313603966</v>
       </c>
-      <c r="J119" s="99"/>
-[...3 lines deleted...]
-      <c r="N119" s="111"/>
+      <c r="J119" s="84"/>
+      <c r="K119" s="87"/>
+      <c r="L119" s="90"/>
+      <c r="M119" s="93"/>
+      <c r="N119" s="96"/>
     </row>
     <row r="120" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B120" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="56">
         <v>45413</v>
       </c>
       <c r="D120" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="45">
         <v>96.058055650979043</v>
       </c>
       <c r="F120" s="45">
         <v>99.731783638801957</v>
       </c>
       <c r="G120" s="45">
         <v>99.80330800178811</v>
       </c>
       <c r="H120" s="40">
         <v>1</v>
       </c>
       <c r="I120" s="40">
         <v>0.50606279974662927</v>
       </c>
-      <c r="J120" s="88">
-[...2 lines deleted...]
-      <c r="K120" s="91">
+      <c r="J120" s="97">
+        <v>100</v>
+      </c>
+      <c r="K120" s="100">
         <v>89.165689464694424</v>
       </c>
-      <c r="L120" s="94">
+      <c r="L120" s="103">
         <v>0.99070181325953099</v>
       </c>
-      <c r="M120" s="82">
+      <c r="M120" s="106">
         <v>0.99685535776903844</v>
       </c>
-      <c r="N120" s="85">
+      <c r="N120" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="121" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B121" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="58">
         <v>45413</v>
       </c>
       <c r="D121" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="81">
         <v>100</v>
       </c>
       <c r="F121" s="41">
         <v>100</v>
       </c>
       <c r="G121" s="81">
         <v>100</v>
       </c>
       <c r="H121" s="41">
         <v>1</v>
       </c>
       <c r="I121" s="52">
         <v>0.88123246764998642</v>
       </c>
-      <c r="J121" s="89"/>
-[...3 lines deleted...]
-      <c r="N121" s="86"/>
+      <c r="J121" s="98"/>
+      <c r="K121" s="101"/>
+      <c r="L121" s="104"/>
+      <c r="M121" s="107"/>
+      <c r="N121" s="110"/>
     </row>
     <row r="122" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B122" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="67">
         <v>45413</v>
       </c>
       <c r="D122" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E122" s="47">
         <v>48.458498023715414</v>
       </c>
       <c r="F122" s="47">
         <v>99.673735725938002</v>
       </c>
       <c r="G122" s="47">
         <v>93.556280587275694</v>
       </c>
       <c r="H122" s="42">
         <v>3</v>
       </c>
       <c r="I122" s="42">
         <v>0.11094018640846982</v>
       </c>
-      <c r="J122" s="90"/>
-[...3 lines deleted...]
-      <c r="N122" s="87"/>
+      <c r="J122" s="99"/>
+      <c r="K122" s="102"/>
+      <c r="L122" s="105"/>
+      <c r="M122" s="108"/>
+      <c r="N122" s="111"/>
     </row>
     <row r="123" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B123" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="55">
         <v>45444</v>
       </c>
       <c r="D123" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="48">
         <v>96.569748448219542</v>
       </c>
       <c r="F123" s="48">
         <v>99.737821380243574</v>
       </c>
       <c r="G123" s="50">
         <v>99.813937753721248</v>
       </c>
       <c r="H123" s="76">
         <v>1</v>
       </c>
       <c r="I123" s="68">
         <v>0.53497421047868976</v>
       </c>
-      <c r="J123" s="97">
-[...2 lines deleted...]
-      <c r="K123" s="100">
+      <c r="J123" s="82">
+        <v>100</v>
+      </c>
+      <c r="K123" s="85">
         <v>89.165689464694424</v>
       </c>
-      <c r="L123" s="103">
+      <c r="L123" s="88">
         <v>0.99070181325953099</v>
       </c>
-      <c r="M123" s="106">
+      <c r="M123" s="91">
         <v>0.99685535776903844</v>
       </c>
-      <c r="N123" s="109">
+      <c r="N123" s="94">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="124" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B124" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="39">
         <v>45444</v>
       </c>
       <c r="D124" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="75">
         <v>100</v>
       </c>
       <c r="F124" s="75">
         <v>99.995191382958254</v>
       </c>
       <c r="G124" s="75">
         <v>96.532987112906326</v>
       </c>
       <c r="H124" s="77">
         <v>1</v>
       </c>
       <c r="I124" s="44">
         <v>0.94091032485747894</v>
       </c>
-      <c r="J124" s="98"/>
-[...3 lines deleted...]
-      <c r="N124" s="110"/>
+      <c r="J124" s="83"/>
+      <c r="K124" s="86"/>
+      <c r="L124" s="89"/>
+      <c r="M124" s="92"/>
+      <c r="N124" s="95"/>
     </row>
     <row r="125" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B125" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="72">
         <v>45444</v>
       </c>
       <c r="D125" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="71">
         <v>53.22647793505412</v>
       </c>
       <c r="F125" s="71">
         <v>99.648025029331251</v>
       </c>
       <c r="G125" s="71">
         <v>87.993742667188116</v>
       </c>
       <c r="H125" s="78">
         <v>3.0950332420805631</v>
       </c>
       <c r="I125" s="70">
         <v>0.11569088770247037</v>
       </c>
-      <c r="J125" s="99"/>
-[...3 lines deleted...]
-      <c r="N125" s="111"/>
+      <c r="J125" s="84"/>
+      <c r="K125" s="87"/>
+      <c r="L125" s="90"/>
+      <c r="M125" s="93"/>
+      <c r="N125" s="96"/>
     </row>
     <row r="126" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B126" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="56">
         <v>45474</v>
       </c>
       <c r="D126" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="45">
         <v>97.038869822012927</v>
       </c>
       <c r="F126" s="45">
         <v>99.745023852607346</v>
       </c>
       <c r="G126" s="45">
         <v>99.851949333772012</v>
       </c>
       <c r="H126" s="40">
         <v>1</v>
       </c>
       <c r="I126" s="40">
         <v>0.55008596507103424</v>
       </c>
-      <c r="J126" s="88">
-[...2 lines deleted...]
-      <c r="K126" s="91">
+      <c r="J126" s="97">
+        <v>100</v>
+      </c>
+      <c r="K126" s="100">
         <v>89.165689464694424</v>
       </c>
-      <c r="L126" s="94">
+      <c r="L126" s="103">
         <v>0.99070181325953099</v>
       </c>
-      <c r="M126" s="82">
+      <c r="M126" s="106">
         <v>0.99685535776903844</v>
       </c>
-      <c r="N126" s="85">
+      <c r="N126" s="109">
         <v>0.99539999999999995</v>
       </c>
     </row>
     <row r="127" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B127" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="58">
         <v>45474</v>
       </c>
       <c r="D127" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="81">
         <v>100</v>
       </c>
       <c r="F127" s="81">
         <v>99.995609606181674</v>
       </c>
       <c r="G127" s="81">
         <v>93.897352592527554</v>
       </c>
       <c r="H127" s="41">
         <v>1</v>
       </c>
       <c r="I127" s="52">
         <v>1.0305402226042892</v>
       </c>
-      <c r="J127" s="89"/>
-[...3 lines deleted...]
-      <c r="N127" s="86"/>
+      <c r="J127" s="98"/>
+      <c r="K127" s="101"/>
+      <c r="L127" s="104"/>
+      <c r="M127" s="107"/>
+      <c r="N127" s="110"/>
     </row>
     <row r="128" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B128" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="67">
         <v>45474</v>
       </c>
       <c r="D128" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E128" s="47">
         <v>57.726883561643838</v>
       </c>
       <c r="F128" s="47">
         <v>99.629217649239905</v>
       </c>
       <c r="G128" s="47">
         <v>83.426028921023359</v>
       </c>
       <c r="H128" s="42">
         <v>3</v>
       </c>
       <c r="I128" s="42">
         <v>0.12202515609447109</v>
       </c>
-      <c r="J128" s="90"/>
-[...3 lines deleted...]
-      <c r="N128" s="87"/>
+      <c r="J128" s="99"/>
+      <c r="K128" s="102"/>
+      <c r="L128" s="105"/>
+      <c r="M128" s="108"/>
+      <c r="N128" s="111"/>
     </row>
     <row r="129" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B129" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="55">
         <v>45505</v>
       </c>
       <c r="D129" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="48">
         <v>97.563507572056679</v>
       </c>
       <c r="F129" s="48">
         <v>99.77467609688928</v>
       </c>
       <c r="G129" s="50">
         <v>99.893597045753268</v>
       </c>
       <c r="H129" s="76">
         <v>1</v>
       </c>
       <c r="I129" s="68">
         <v>0.70346072560760831</v>
       </c>
-      <c r="J129" s="97">
-[...2 lines deleted...]
-      <c r="K129" s="100">
+      <c r="J129" s="82">
+        <v>100</v>
+      </c>
+      <c r="K129" s="85">
         <v>90.348170353600764</v>
       </c>
-      <c r="L129" s="103">
+      <c r="L129" s="88">
         <v>0.99001243858677102</v>
       </c>
-      <c r="M129" s="106">
+      <c r="M129" s="91">
         <v>0.99902032369679206</v>
       </c>
-      <c r="N129" s="109">
+      <c r="N129" s="94">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="130" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B130" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="39">
         <v>45505</v>
       </c>
       <c r="D130" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="75">
         <v>100</v>
       </c>
       <c r="F130" s="75">
         <v>99.995794962364911</v>
       </c>
       <c r="G130" s="75">
         <v>99.861233758042133</v>
       </c>
       <c r="H130" s="77">
         <v>1</v>
       </c>
       <c r="I130" s="44">
         <v>1.0470676294469883</v>
       </c>
-      <c r="J130" s="98"/>
-[...3 lines deleted...]
-      <c r="N130" s="110"/>
+      <c r="J130" s="83"/>
+      <c r="K130" s="86"/>
+      <c r="L130" s="89"/>
+      <c r="M130" s="92"/>
+      <c r="N130" s="95"/>
     </row>
     <row r="131" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B131" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="72">
         <v>45505</v>
       </c>
       <c r="D131" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E131" s="71">
         <v>58.950550637011446</v>
       </c>
       <c r="F131" s="71">
         <v>99.523809523809518</v>
       </c>
       <c r="G131" s="71">
         <v>95.091575091575081</v>
       </c>
       <c r="H131" s="78">
         <v>3</v>
       </c>
       <c r="I131" s="70">
         <v>0.12020077492074674</v>
       </c>
-      <c r="J131" s="99"/>
-[...3 lines deleted...]
-      <c r="N131" s="111"/>
+      <c r="J131" s="84"/>
+      <c r="K131" s="87"/>
+      <c r="L131" s="90"/>
+      <c r="M131" s="93"/>
+      <c r="N131" s="96"/>
     </row>
     <row r="132" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B132" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="56">
         <v>45536</v>
       </c>
       <c r="D132" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="45">
         <v>97.79768112385743</v>
       </c>
       <c r="F132" s="45">
         <v>99.780454146280263</v>
       </c>
       <c r="G132" s="45">
         <v>99.899636181156694</v>
       </c>
       <c r="H132" s="40">
         <v>1</v>
       </c>
       <c r="I132" s="40">
         <v>0.69933321635374623</v>
       </c>
-      <c r="J132" s="88">
-[...2 lines deleted...]
-      <c r="K132" s="91">
+      <c r="J132" s="97">
+        <v>100</v>
+      </c>
+      <c r="K132" s="100">
         <v>90.166918909433875</v>
       </c>
-      <c r="L132" s="94">
+      <c r="L132" s="103">
         <v>0.99097044007223645</v>
       </c>
-      <c r="M132" s="82">
+      <c r="M132" s="106">
         <v>0.99872416339482206</v>
       </c>
-      <c r="N132" s="85">
+      <c r="N132" s="109">
         <v>0.99509999999999998</v>
       </c>
     </row>
     <row r="133" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B133" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="58">
         <v>45536</v>
       </c>
       <c r="D133" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="81">
         <v>100</v>
       </c>
       <c r="F133" s="81">
         <v>99.995991180597315</v>
       </c>
       <c r="G133" s="81">
         <v>100</v>
       </c>
       <c r="H133" s="41">
         <v>1</v>
       </c>
       <c r="I133" s="52">
         <v>1.0942709247236357</v>
       </c>
-      <c r="J133" s="89"/>
-[...3 lines deleted...]
-      <c r="N133" s="86"/>
+      <c r="J133" s="98"/>
+      <c r="K133" s="101"/>
+      <c r="L133" s="104"/>
+      <c r="M133" s="107"/>
+      <c r="N133" s="110"/>
     </row>
     <row r="134" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B134" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="67">
         <v>45536</v>
       </c>
       <c r="D134" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="47">
         <v>59.887128283047545</v>
       </c>
       <c r="F134" s="47">
         <v>99.528814787966652</v>
       </c>
       <c r="G134" s="47">
         <v>95.215657847046032</v>
       </c>
       <c r="H134" s="42">
         <v>2</v>
       </c>
       <c r="I134" s="42">
         <v>0.12103000526408142</v>
       </c>
-      <c r="J134" s="90"/>
-[...3 lines deleted...]
-      <c r="N134" s="87"/>
+      <c r="J134" s="99"/>
+      <c r="K134" s="102"/>
+      <c r="L134" s="105"/>
+      <c r="M134" s="108"/>
+      <c r="N134" s="111"/>
     </row>
     <row r="135" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B135" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="55">
         <v>45566</v>
       </c>
       <c r="D135" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="48">
         <v>97.877148531123737</v>
       </c>
       <c r="F135" s="48">
         <v>99.755124886307982</v>
       </c>
       <c r="G135" s="50">
         <v>99.951024977261596</v>
       </c>
       <c r="H135" s="76">
         <v>1</v>
       </c>
       <c r="I135" s="68">
         <v>0.62417572819773792</v>
       </c>
-      <c r="J135" s="97">
-[...2 lines deleted...]
-      <c r="K135" s="100">
+      <c r="J135" s="82">
+        <v>100</v>
+      </c>
+      <c r="K135" s="85">
         <v>90.469102554771084</v>
       </c>
-      <c r="L135" s="103">
+      <c r="L135" s="88">
         <v>0.99195720212533667</v>
       </c>
-      <c r="M135" s="106">
+      <c r="M135" s="91">
         <v>0.99824586942281102</v>
       </c>
-      <c r="N135" s="109">
+      <c r="N135" s="94">
         <v>0.99451000000000001</v>
       </c>
     </row>
     <row r="136" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B136" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="39">
         <v>45566</v>
       </c>
       <c r="D136" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="75">
         <v>100</v>
       </c>
       <c r="F136" s="75">
         <v>99.996175908221801</v>
       </c>
       <c r="G136" s="75">
         <v>69.384321223709364</v>
       </c>
       <c r="H136" s="77">
         <v>1</v>
       </c>
       <c r="I136" s="44">
         <v>1.1419712651207476</v>
       </c>
-      <c r="J136" s="98"/>
-[...3 lines deleted...]
-      <c r="N136" s="110"/>
+      <c r="J136" s="83"/>
+      <c r="K136" s="86"/>
+      <c r="L136" s="89"/>
+      <c r="M136" s="92"/>
+      <c r="N136" s="95"/>
     </row>
     <row r="137" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B137" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="72">
         <v>45566</v>
       </c>
       <c r="D137" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E137" s="71">
         <v>55.590339892665476</v>
       </c>
       <c r="F137" s="71">
         <v>99.477071600965402</v>
       </c>
       <c r="G137" s="71">
         <v>98.310539018503619</v>
       </c>
       <c r="H137" s="78">
         <v>3</v>
       </c>
       <c r="I137" s="70">
         <v>0.10856369273767413</v>
       </c>
-      <c r="J137" s="99"/>
-[...3 lines deleted...]
-      <c r="N137" s="111"/>
+      <c r="J137" s="84"/>
+      <c r="K137" s="87"/>
+      <c r="L137" s="90"/>
+      <c r="M137" s="93"/>
+      <c r="N137" s="96"/>
     </row>
     <row r="138" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B138" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="56">
         <v>45597</v>
       </c>
       <c r="D138" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="45">
         <v>102.33482364629907</v>
       </c>
       <c r="F138" s="45">
         <v>99.847434119278773</v>
       </c>
       <c r="G138" s="45">
         <v>97.766990291262132</v>
       </c>
       <c r="H138" s="40">
         <v>1</v>
       </c>
       <c r="I138" s="40">
         <v>0.62633019154758285</v>
       </c>
-      <c r="J138" s="88">
-[...2 lines deleted...]
-      <c r="K138" s="91">
+      <c r="J138" s="97">
+        <v>100</v>
+      </c>
+      <c r="K138" s="100">
         <v>91.350128497484334</v>
       </c>
-      <c r="L138" s="94">
+      <c r="L138" s="103">
         <v>0.99248561190140083</v>
       </c>
-      <c r="M138" s="82">
+      <c r="M138" s="106">
         <v>0.99805624932131609</v>
       </c>
-      <c r="N138" s="85">
+      <c r="N138" s="109">
         <v>0.99453000000000003</v>
       </c>
     </row>
     <row r="139" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B139" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="58">
         <v>45597</v>
       </c>
       <c r="D139" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="81">
         <v>100</v>
       </c>
       <c r="F139" s="81">
         <v>100</v>
       </c>
       <c r="G139" s="81">
         <v>70.524843698585059</v>
       </c>
       <c r="H139" s="41">
         <v>1</v>
       </c>
       <c r="I139" s="52">
         <v>1.0559874907700995</v>
       </c>
-      <c r="J139" s="89"/>
-[...3 lines deleted...]
-      <c r="N139" s="86"/>
+      <c r="J139" s="98"/>
+      <c r="K139" s="101"/>
+      <c r="L139" s="104"/>
+      <c r="M139" s="107"/>
+      <c r="N139" s="110"/>
     </row>
     <row r="140" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B140" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="67">
         <v>45597</v>
       </c>
       <c r="D140" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="47">
         <v>51.212553495007128</v>
       </c>
       <c r="F140" s="47">
         <v>99.350046425255329</v>
       </c>
       <c r="G140" s="47">
         <v>99.025069637883007</v>
       </c>
       <c r="H140" s="42">
         <v>2</v>
       </c>
       <c r="I140" s="42">
         <v>9.3558615297745729E-2</v>
       </c>
-      <c r="J140" s="90"/>
-[...3 lines deleted...]
-      <c r="N140" s="87"/>
+      <c r="J140" s="99"/>
+      <c r="K140" s="102"/>
+      <c r="L140" s="105"/>
+      <c r="M140" s="108"/>
+      <c r="N140" s="111"/>
     </row>
     <row r="141" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B141" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="55">
         <v>45627</v>
       </c>
       <c r="D141" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="48">
         <v>98.691362995772096</v>
       </c>
       <c r="F141" s="48">
         <v>99.843601251189995</v>
       </c>
       <c r="G141" s="50">
         <v>99.034407724738202</v>
       </c>
       <c r="H141" s="76">
         <v>1</v>
       </c>
       <c r="I141" s="68">
         <v>0.63472743752427818</v>
       </c>
-      <c r="J141" s="97">
-[...2 lines deleted...]
-      <c r="K141" s="100">
+      <c r="J141" s="82">
+        <v>100</v>
+      </c>
+      <c r="K141" s="85">
         <v>91.712945644980294</v>
       </c>
-      <c r="L141" s="103">
+      <c r="L141" s="88">
         <v>0.99451845883808587</v>
       </c>
-      <c r="M141" s="106">
+      <c r="M141" s="91">
         <v>0.99747503812620497</v>
       </c>
-      <c r="N141" s="109">
+      <c r="N141" s="94">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="142" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B142" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="39">
         <v>45627</v>
       </c>
       <c r="D142" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="75">
         <v>100</v>
       </c>
       <c r="F142" s="75">
         <v>99.996117409535643</v>
       </c>
       <c r="G142" s="75">
         <v>99.801987886317761</v>
       </c>
       <c r="H142" s="77">
         <v>1</v>
       </c>
       <c r="I142" s="44">
         <v>1.1116578186369719</v>
       </c>
-      <c r="J142" s="98"/>
-[...3 lines deleted...]
-      <c r="N142" s="110"/>
+      <c r="J142" s="83"/>
+      <c r="K142" s="86"/>
+      <c r="L142" s="89"/>
+      <c r="M142" s="92"/>
+      <c r="N142" s="95"/>
     </row>
     <row r="143" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B143" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="72">
         <v>45627</v>
       </c>
       <c r="D143" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="71">
         <v>64.399705376872092</v>
       </c>
       <c r="F143" s="71">
         <v>99.466260007624854</v>
       </c>
       <c r="G143" s="71">
         <v>70.758673274876088</v>
       </c>
       <c r="H143" s="78">
         <v>1</v>
       </c>
       <c r="I143" s="70">
         <v>0.11321161897362855</v>
       </c>
-      <c r="J143" s="99"/>
-[...3 lines deleted...]
-      <c r="N143" s="111"/>
+      <c r="J143" s="84"/>
+      <c r="K143" s="87"/>
+      <c r="L143" s="90"/>
+      <c r="M143" s="93"/>
+      <c r="N143" s="96"/>
     </row>
     <row r="144" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B144" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="56">
         <v>45658</v>
       </c>
       <c r="D144" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="45">
         <v>99.588536779037028</v>
       </c>
       <c r="F144" s="45">
         <v>99.855030443606836</v>
       </c>
       <c r="G144" s="45">
         <v>97.963177732676144</v>
       </c>
       <c r="H144" s="40">
         <v>1</v>
       </c>
       <c r="I144" s="40">
         <v>0.59261168384879725</v>
       </c>
-      <c r="J144" s="88">
-[...2 lines deleted...]
-      <c r="K144" s="91">
+      <c r="J144" s="97">
+        <v>100</v>
+      </c>
+      <c r="K144" s="100">
         <v>92.067196689564327</v>
       </c>
-      <c r="L144" s="94">
+      <c r="L144" s="103">
         <v>0.99461266685519345</v>
       </c>
-      <c r="M144" s="82">
+      <c r="M144" s="106">
         <v>0.99738329532966541</v>
       </c>
-      <c r="N144" s="85">
+      <c r="N144" s="109">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="145" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B145" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="58">
         <v>45658</v>
       </c>
       <c r="D145" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="81">
         <v>100</v>
       </c>
       <c r="F145" s="81">
         <v>99.995942052509847</v>
       </c>
       <c r="G145" s="81">
         <v>99.302033031692574</v>
       </c>
       <c r="H145" s="41">
         <v>1</v>
       </c>
       <c r="I145" s="52">
         <v>1.0585481099656358</v>
       </c>
-      <c r="J145" s="89"/>
-[...3 lines deleted...]
-      <c r="N145" s="86"/>
+      <c r="J145" s="98"/>
+      <c r="K145" s="101"/>
+      <c r="L145" s="104"/>
+      <c r="M145" s="107"/>
+      <c r="N145" s="110"/>
     </row>
     <row r="146" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B146" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="67">
         <v>45658</v>
       </c>
       <c r="D146" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E146" s="47">
         <v>96.650602409638552</v>
       </c>
       <c r="F146" s="47">
         <v>99.775617053103957</v>
       </c>
       <c r="G146" s="47">
         <v>49.414111194215906</v>
       </c>
       <c r="H146" s="42">
         <v>2</v>
       </c>
       <c r="I146" s="42">
         <v>0.17229381443298969</v>
       </c>
-      <c r="J146" s="90"/>
-[...3 lines deleted...]
-      <c r="N146" s="87"/>
+      <c r="J146" s="99"/>
+      <c r="K146" s="102"/>
+      <c r="L146" s="105"/>
+      <c r="M146" s="108"/>
+      <c r="N146" s="111"/>
     </row>
     <row r="147" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B147" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="55">
         <v>45689</v>
       </c>
       <c r="D147" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="48">
         <v>99.607900087133316</v>
       </c>
       <c r="F147" s="48">
         <v>99.868785537250332</v>
       </c>
       <c r="G147" s="50">
         <v>98.141128444379646</v>
       </c>
       <c r="H147" s="76">
         <v>1</v>
       </c>
       <c r="I147" s="68">
         <v>0.58669061671371137</v>
       </c>
-      <c r="J147" s="97">
-[...2 lines deleted...]
-      <c r="K147" s="100">
+      <c r="J147" s="82">
+        <v>100</v>
+      </c>
+      <c r="K147" s="85">
         <v>92.488639401229619</v>
       </c>
-      <c r="L147" s="103">
+      <c r="L147" s="88">
         <v>0.99370221865811281</v>
       </c>
-      <c r="M147" s="106">
+      <c r="M147" s="91">
         <v>0.99811815022721195</v>
       </c>
-      <c r="N147" s="109">
+      <c r="N147" s="94">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="148" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B148" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="39">
         <v>45689</v>
       </c>
       <c r="D148" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="75">
         <v>100</v>
       </c>
       <c r="F148" s="75">
         <v>99.995989251193194</v>
       </c>
       <c r="G148" s="75">
         <v>98.909076324549801</v>
       </c>
       <c r="H148" s="77">
         <v>1</v>
       </c>
       <c r="I148" s="44">
         <v>1.0663330767256864</v>
       </c>
-      <c r="J148" s="98"/>
-[...3 lines deleted...]
-      <c r="N148" s="110"/>
+      <c r="J148" s="83"/>
+      <c r="K148" s="86"/>
+      <c r="L148" s="89"/>
+      <c r="M148" s="92"/>
+      <c r="N148" s="95"/>
     </row>
     <row r="149" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B149" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="72">
         <v>45689</v>
       </c>
       <c r="D149" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E149" s="71">
         <v>96.431245320688802</v>
       </c>
       <c r="F149" s="71">
         <v>99.792960662525871</v>
       </c>
       <c r="G149" s="71">
         <v>49.016563146997932</v>
       </c>
       <c r="H149" s="78">
         <v>2</v>
       </c>
       <c r="I149" s="70">
         <v>0.16525532460867334</v>
       </c>
-      <c r="J149" s="99"/>
-[...3 lines deleted...]
-      <c r="N149" s="111"/>
+      <c r="J149" s="84"/>
+      <c r="K149" s="87"/>
+      <c r="L149" s="90"/>
+      <c r="M149" s="93"/>
+      <c r="N149" s="96"/>
     </row>
     <row r="150" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B150" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="56">
         <v>45717</v>
       </c>
       <c r="D150" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="45">
         <v>99.533694344163663</v>
       </c>
       <c r="F150" s="45">
         <v>99.848874112135405</v>
       </c>
       <c r="G150" s="45">
         <v>98.126038990479074</v>
       </c>
       <c r="H150" s="40">
         <v>1</v>
       </c>
       <c r="I150" s="40">
         <v>0.56599093319647598</v>
       </c>
-      <c r="J150" s="88">
-[...2 lines deleted...]
-      <c r="K150" s="91">
+      <c r="J150" s="97">
+        <v>100</v>
+      </c>
+      <c r="K150" s="100">
         <v>92.763432237369699</v>
       </c>
-      <c r="L150" s="94">
+      <c r="L150" s="103">
         <v>0.99387329591018447</v>
       </c>
-      <c r="M150" s="82">
+      <c r="M150" s="106">
         <v>0.99825002227568382</v>
       </c>
-      <c r="N150" s="85">
+      <c r="N150" s="109">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="151" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B151" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="58">
         <v>45717</v>
       </c>
       <c r="D151" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="81">
         <v>100</v>
       </c>
       <c r="F151" s="81">
         <v>99.996083192981075</v>
       </c>
       <c r="G151" s="81">
         <v>98.578199052132703</v>
       </c>
       <c r="H151" s="41">
         <v>1</v>
       </c>
       <c r="I151" s="52">
         <v>1.0919083055341716</v>
       </c>
-      <c r="J151" s="89"/>
-[...3 lines deleted...]
-      <c r="N151" s="86"/>
+      <c r="J151" s="98"/>
+      <c r="K151" s="101"/>
+      <c r="L151" s="104"/>
+      <c r="M151" s="107"/>
+      <c r="N151" s="110"/>
     </row>
     <row r="152" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B152" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="67">
         <v>45717</v>
       </c>
       <c r="D152" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E152" s="47">
         <v>96.379765044353874</v>
       </c>
       <c r="F152" s="47">
         <v>99.776119402985074</v>
       </c>
       <c r="G152" s="47">
         <v>51.194029850746269</v>
       </c>
       <c r="H152" s="42">
         <v>2</v>
       </c>
       <c r="I152" s="42">
         <v>0.17192712342827815</v>
       </c>
-      <c r="J152" s="90"/>
-[...3 lines deleted...]
-      <c r="N152" s="87"/>
+      <c r="J152" s="99"/>
+      <c r="K152" s="102"/>
+      <c r="L152" s="105"/>
+      <c r="M152" s="108"/>
+      <c r="N152" s="111"/>
     </row>
     <row r="153" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B153" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="55">
         <v>45748</v>
       </c>
       <c r="D153" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="48">
         <v>99.582587954680974</v>
       </c>
       <c r="F153" s="48">
         <v>100</v>
       </c>
       <c r="G153" s="50">
         <v>97.835757057313941</v>
       </c>
       <c r="H153" s="76">
         <v>1</v>
       </c>
       <c r="I153" s="68">
         <v>0.49995723205884868</v>
       </c>
-      <c r="J153" s="97">
-[...2 lines deleted...]
-      <c r="K153" s="100">
+      <c r="J153" s="82">
+        <v>100</v>
+      </c>
+      <c r="K153" s="85">
         <v>93.06175424202344</v>
       </c>
-      <c r="L153" s="103">
+      <c r="L153" s="88">
         <v>0.99442295042544016</v>
       </c>
-      <c r="M153" s="106">
+      <c r="M153" s="91">
         <v>0.99792407856673004</v>
       </c>
-      <c r="N153" s="109">
+      <c r="N153" s="94">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="154" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B154" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="39">
         <v>45748</v>
       </c>
       <c r="D154" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="75">
         <v>100</v>
       </c>
       <c r="F154" s="75">
         <v>99.994523248808804</v>
       </c>
       <c r="G154" s="75">
         <v>97.929788049728899</v>
       </c>
       <c r="H154" s="77">
         <v>1</v>
       </c>
       <c r="I154" s="44">
         <v>0.78089983748182368</v>
       </c>
-      <c r="J154" s="98"/>
-[...3 lines deleted...]
-      <c r="N154" s="110"/>
+      <c r="J154" s="83"/>
+      <c r="K154" s="86"/>
+      <c r="L154" s="89"/>
+      <c r="M154" s="92"/>
+      <c r="N154" s="95"/>
     </row>
     <row r="155" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B155" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="72">
         <v>45748</v>
       </c>
       <c r="D155" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E155" s="71">
         <v>96.542742126450392</v>
       </c>
       <c r="F155" s="71">
         <v>99.803777287220996</v>
       </c>
       <c r="G155" s="71">
         <v>54.157468727005153</v>
       </c>
       <c r="H155" s="78">
         <v>3</v>
       </c>
       <c r="I155" s="70">
         <v>0.17436489607390301</v>
       </c>
-      <c r="J155" s="99"/>
-[...3 lines deleted...]
-      <c r="N155" s="111"/>
+      <c r="J155" s="84"/>
+      <c r="K155" s="87"/>
+      <c r="L155" s="90"/>
+      <c r="M155" s="93"/>
+      <c r="N155" s="96"/>
     </row>
     <row r="156" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B156" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="56">
         <v>45778</v>
       </c>
       <c r="D156" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="45">
         <v>99.582587954680974</v>
       </c>
       <c r="F156" s="45">
         <v>99.828913601368697</v>
       </c>
       <c r="G156" s="45">
         <v>8.7254063301967495</v>
       </c>
       <c r="H156" s="40">
         <v>1</v>
       </c>
       <c r="I156" s="40">
         <v>0.49404107852252555</v>
       </c>
-      <c r="J156" s="88">
-[...2 lines deleted...]
-      <c r="K156" s="91">
+      <c r="J156" s="97">
+        <v>100</v>
+      </c>
+      <c r="K156" s="100">
         <v>93.699417486669816</v>
       </c>
-      <c r="L156" s="94">
+      <c r="L156" s="103">
         <v>0.99477358051996534</v>
       </c>
-      <c r="M156" s="82">
+      <c r="M156" s="106">
         <v>0.99781997731931171</v>
       </c>
-      <c r="N156" s="85">
+      <c r="N156" s="109">
         <v>0.99450000000000005</v>
       </c>
     </row>
     <row r="157" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B157" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="58">
         <v>45778</v>
       </c>
       <c r="D157" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="81">
         <v>100</v>
       </c>
       <c r="F157" s="81">
         <v>99.99458786599557</v>
       </c>
       <c r="G157" s="81">
         <v>97.375115007847597</v>
       </c>
       <c r="H157" s="41">
         <v>1</v>
       </c>
       <c r="I157" s="52">
         <v>0.78087228467585157</v>
       </c>
-      <c r="J157" s="89"/>
-[...3 lines deleted...]
-      <c r="N157" s="86"/>
+      <c r="J157" s="98"/>
+      <c r="K157" s="101"/>
+      <c r="L157" s="104"/>
+      <c r="M157" s="107"/>
+      <c r="N157" s="110"/>
     </row>
     <row r="158" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B158" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="67">
         <v>45778</v>
       </c>
       <c r="D158" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E158" s="47">
         <v>96.897102441250283</v>
       </c>
       <c r="F158" s="47">
         <v>99.811631740051794</v>
       </c>
       <c r="G158" s="47">
         <v>56.675300211914291</v>
       </c>
       <c r="H158" s="42">
         <v>3</v>
       </c>
       <c r="I158" s="42">
         <v>0.1794860958498859</v>
       </c>
-      <c r="J158" s="90"/>
-[...3 lines deleted...]
-      <c r="N158" s="87"/>
+      <c r="J158" s="99"/>
+      <c r="K158" s="102"/>
+      <c r="L158" s="105"/>
+      <c r="M158" s="108"/>
+      <c r="N158" s="111"/>
     </row>
     <row r="159" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B159" s="38" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="55">
         <v>45809</v>
       </c>
       <c r="D159" s="43" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="48">
         <v>99.590034689372445</v>
       </c>
       <c r="F159" s="48">
         <v>99.517099430019002</v>
       </c>
       <c r="G159" s="50">
         <v>98.1554781507283</v>
       </c>
       <c r="H159" s="76">
         <v>1</v>
       </c>
       <c r="I159" s="68">
         <v>0.53169458708645512</v>
       </c>
-      <c r="J159" s="97">
-[...2 lines deleted...]
-      <c r="K159" s="100">
+      <c r="J159" s="82">
+        <v>100</v>
+      </c>
+      <c r="K159" s="85">
         <v>93.962384600275001</v>
       </c>
-      <c r="L159" s="103">
+      <c r="L159" s="88">
         <v>0.9943948704997615</v>
       </c>
-      <c r="M159" s="106">
+      <c r="M159" s="91">
         <v>0.99792701405842243</v>
       </c>
-      <c r="N159" s="109">
+      <c r="N159" s="94">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="160" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B160" s="54" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="39">
         <v>45809</v>
       </c>
       <c r="D160" s="53" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="75">
         <v>100</v>
       </c>
       <c r="F160" s="75">
         <v>100</v>
       </c>
       <c r="G160" s="75">
         <v>97.09693291782844</v>
       </c>
       <c r="H160" s="77">
         <v>1</v>
       </c>
       <c r="I160" s="44">
         <v>0.76988803771361225</v>
       </c>
-      <c r="J160" s="98"/>
-[...3 lines deleted...]
-      <c r="N160" s="110"/>
+      <c r="J160" s="83"/>
+      <c r="K160" s="86"/>
+      <c r="L160" s="89"/>
+      <c r="M160" s="92"/>
+      <c r="N160" s="95"/>
     </row>
     <row r="161" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B161" s="69" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="72">
         <v>45809</v>
       </c>
       <c r="D161" s="70" t="s">
         <v>16</v>
       </c>
       <c r="E161" s="71">
         <v>97.44429882044561</v>
       </c>
       <c r="F161" s="71">
         <v>99.798251513113655</v>
       </c>
       <c r="G161" s="71">
         <v>59.381304640215191</v>
       </c>
       <c r="H161" s="78">
         <v>4</v>
       </c>
       <c r="I161" s="70">
         <v>0.1877683306675646</v>
       </c>
-      <c r="J161" s="99"/>
-[...3 lines deleted...]
-      <c r="N161" s="111"/>
+      <c r="J161" s="84"/>
+      <c r="K161" s="87"/>
+      <c r="L161" s="90"/>
+      <c r="M161" s="93"/>
+      <c r="N161" s="96"/>
     </row>
     <row r="162" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B162" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="56">
         <v>45839</v>
       </c>
       <c r="D162" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="45">
         <v>99.57350929427858</v>
       </c>
       <c r="F162" s="45">
         <v>99.466623565540644</v>
       </c>
       <c r="G162" s="45">
         <v>98.246322935186683</v>
       </c>
       <c r="H162" s="40">
         <v>1</v>
       </c>
       <c r="I162" s="40">
         <v>0.51860854987426652</v>
       </c>
-      <c r="J162" s="88">
-[...2 lines deleted...]
-      <c r="K162" s="91">
+      <c r="J162" s="97">
+        <v>100</v>
+      </c>
+      <c r="K162" s="100">
         <v>93.979030162477812</v>
       </c>
-      <c r="L162" s="94">
+      <c r="L162" s="103">
         <v>0.99523952555917239</v>
       </c>
-      <c r="M162" s="82">
+      <c r="M162" s="106">
         <v>0.99763198703530365</v>
       </c>
-      <c r="N162" s="85">
+      <c r="N162" s="109">
         <v>0.99419999999999997</v>
       </c>
     </row>
     <row r="163" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B163" s="79" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="58">
         <v>45839</v>
       </c>
       <c r="D163" s="80" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="81">
         <v>100</v>
       </c>
       <c r="F163" s="81">
         <v>100</v>
       </c>
       <c r="G163" s="81">
         <v>96.727628249367385</v>
       </c>
       <c r="H163" s="41">
         <v>1</v>
       </c>
       <c r="I163" s="52">
         <v>0.72875104777870914</v>
       </c>
-      <c r="J163" s="89"/>
-[...3 lines deleted...]
-      <c r="N163" s="86"/>
+      <c r="J163" s="98"/>
+      <c r="K163" s="101"/>
+      <c r="L163" s="104"/>
+      <c r="M163" s="107"/>
+      <c r="N163" s="110"/>
     </row>
     <row r="164" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B164" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="67">
         <v>45839</v>
       </c>
       <c r="D164" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E164" s="47">
         <v>96.673728813559322</v>
       </c>
       <c r="F164" s="47">
         <v>99.824676747753671</v>
       </c>
       <c r="G164" s="47">
         <v>63.138286215209291</v>
       </c>
       <c r="H164" s="42">
         <v>4</v>
       </c>
       <c r="I164" s="42">
         <v>0.19124056999161776</v>
       </c>
-      <c r="J164" s="90"/>
-[...3 lines deleted...]
-      <c r="N164" s="87"/>
+      <c r="J164" s="99"/>
+      <c r="K164" s="102"/>
+      <c r="L164" s="105"/>
+      <c r="M164" s="108"/>
+      <c r="N164" s="111"/>
+    </row>
+    <row r="165" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B165" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C165" s="55">
+        <v>45870</v>
+      </c>
+      <c r="D165" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="48">
+        <v>99.746897956664</v>
+      </c>
+      <c r="F165" s="48">
+        <v>99.591533605644273</v>
+      </c>
+      <c r="G165" s="50">
+        <v>99.003589553162513</v>
+      </c>
+      <c r="H165" s="76">
+        <v>1</v>
+      </c>
+      <c r="I165" s="68">
+        <v>0.67505013368983957</v>
+      </c>
+      <c r="J165" s="82">
+        <v>100</v>
+      </c>
+      <c r="K165" s="85">
+        <v>93.957350509182703</v>
+      </c>
+      <c r="L165" s="88">
+        <v>0.99542867090260245</v>
+      </c>
+      <c r="M165" s="91">
+        <v>0.99758377578553403</v>
+      </c>
+      <c r="N165" s="94">
+        <v>0.99450000000000005</v>
+      </c>
+    </row>
+    <row r="166" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B166" s="54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C166" s="39">
+        <v>45870</v>
+      </c>
+      <c r="D166" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="75">
+        <v>100</v>
+      </c>
+      <c r="F166" s="75">
+        <v>100</v>
+      </c>
+      <c r="G166" s="75">
+        <v>96.40887219809882</v>
+      </c>
+      <c r="H166" s="77">
+        <v>2</v>
+      </c>
+      <c r="I166" s="44">
+        <v>0.7119819518716578</v>
+      </c>
+      <c r="J166" s="83"/>
+      <c r="K166" s="86"/>
+      <c r="L166" s="89"/>
+      <c r="M166" s="92"/>
+      <c r="N166" s="95"/>
+    </row>
+    <row r="167" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B167" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C167" s="72">
+        <v>45870</v>
+      </c>
+      <c r="D167" s="70" t="s">
+        <v>16</v>
+      </c>
+      <c r="E167" s="71">
+        <v>98.28476958049184</v>
+      </c>
+      <c r="F167" s="71">
+        <v>99.895746455379481</v>
+      </c>
+      <c r="G167" s="71">
+        <v>69.19680403700589</v>
+      </c>
+      <c r="H167" s="78">
+        <v>5</v>
+      </c>
+      <c r="I167" s="70">
+        <v>0.19869652406417113</v>
+      </c>
+      <c r="J167" s="84"/>
+      <c r="K167" s="87"/>
+      <c r="L167" s="90"/>
+      <c r="M167" s="93"/>
+      <c r="N167" s="96"/>
+    </row>
+    <row r="168" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B168" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C168" s="56">
+        <v>45901</v>
+      </c>
+      <c r="D168" s="40" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="45">
+        <v>99.770759042282222</v>
+      </c>
+      <c r="F168" s="45">
+        <v>99.57237681899413</v>
+      </c>
+      <c r="G168" s="45">
+        <v>99.049017104927245</v>
+      </c>
+      <c r="H168" s="40">
+        <v>1</v>
+      </c>
+      <c r="I168" s="40">
+        <v>0.65253425513306407</v>
+      </c>
+      <c r="J168" s="97">
+        <v>100</v>
+      </c>
+      <c r="K168" s="100">
+        <v>94.331764607888047</v>
+      </c>
+      <c r="L168" s="103">
+        <v>0.99559576860605559</v>
+      </c>
+      <c r="M168" s="106">
+        <v>0.99740049699443312</v>
+      </c>
+      <c r="N168" s="109">
+        <v>0.99450000000000005</v>
+      </c>
+    </row>
+    <row r="169" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B169" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C169" s="58">
+        <v>45901</v>
+      </c>
+      <c r="D169" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="81">
+        <v>100</v>
+      </c>
+      <c r="F169" s="81">
+        <v>100</v>
+      </c>
+      <c r="G169" s="81">
+        <v>95.995550611790875</v>
+      </c>
+      <c r="H169" s="41">
+        <v>2</v>
+      </c>
+      <c r="I169" s="52">
+        <v>0.71138228312023655</v>
+      </c>
+      <c r="J169" s="98"/>
+      <c r="K169" s="101"/>
+      <c r="L169" s="104"/>
+      <c r="M169" s="107"/>
+      <c r="N169" s="110"/>
+    </row>
+    <row r="170" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B170" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C170" s="67">
+        <v>45901</v>
+      </c>
+      <c r="D170" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="E170" s="47">
+        <v>98.36363636363636</v>
+      </c>
+      <c r="F170" s="47">
+        <v>99.897309509139447</v>
+      </c>
+      <c r="G170" s="47">
+        <v>73.341548572602179</v>
+      </c>
+      <c r="H170" s="42">
+        <v>5</v>
+      </c>
+      <c r="I170" s="42">
+        <v>0.20278205822331433</v>
+      </c>
+      <c r="J170" s="99"/>
+      <c r="K170" s="102"/>
+      <c r="L170" s="105"/>
+      <c r="M170" s="108"/>
+      <c r="N170" s="111"/>
     </row>
   </sheetData>
-  <mergeCells count="270">
-[...66 lines deleted...]
-    <mergeCell ref="N123:N125"/>
+  <mergeCells count="280">
+    <mergeCell ref="J165:J167"/>
+    <mergeCell ref="K165:K167"/>
+    <mergeCell ref="L165:L167"/>
+    <mergeCell ref="M165:M167"/>
+    <mergeCell ref="N165:N167"/>
+    <mergeCell ref="J168:J170"/>
+    <mergeCell ref="K168:K170"/>
+    <mergeCell ref="L168:L170"/>
+    <mergeCell ref="M168:M170"/>
+    <mergeCell ref="N168:N170"/>
+    <mergeCell ref="N150:N152"/>
+    <mergeCell ref="J144:J146"/>
+    <mergeCell ref="K144:K146"/>
+    <mergeCell ref="L144:L146"/>
+    <mergeCell ref="M144:M146"/>
+    <mergeCell ref="N144:N146"/>
+    <mergeCell ref="J147:J149"/>
+    <mergeCell ref="K147:K149"/>
+    <mergeCell ref="L147:L149"/>
+    <mergeCell ref="M147:M149"/>
+    <mergeCell ref="N147:N149"/>
+    <mergeCell ref="M105:M107"/>
+    <mergeCell ref="J102:J104"/>
+    <mergeCell ref="K102:K104"/>
+    <mergeCell ref="L102:L104"/>
+    <mergeCell ref="N105:N107"/>
+    <mergeCell ref="J105:J107"/>
+    <mergeCell ref="K105:K107"/>
+    <mergeCell ref="L105:L107"/>
+    <mergeCell ref="N129:N131"/>
+    <mergeCell ref="J129:J131"/>
+    <mergeCell ref="K129:K131"/>
+    <mergeCell ref="L129:L131"/>
+    <mergeCell ref="M129:M131"/>
+    <mergeCell ref="J117:J119"/>
+    <mergeCell ref="K117:K119"/>
+    <mergeCell ref="L117:L119"/>
+    <mergeCell ref="M117:M119"/>
+    <mergeCell ref="N117:N119"/>
+    <mergeCell ref="J126:J128"/>
+    <mergeCell ref="K126:K128"/>
+    <mergeCell ref="L126:L128"/>
+    <mergeCell ref="M126:M128"/>
+    <mergeCell ref="N126:N128"/>
+    <mergeCell ref="J120:J122"/>
+    <mergeCell ref="J96:J98"/>
+    <mergeCell ref="K96:K98"/>
+    <mergeCell ref="L96:L98"/>
+    <mergeCell ref="M96:M98"/>
+    <mergeCell ref="N96:N98"/>
+    <mergeCell ref="M102:M104"/>
+    <mergeCell ref="N102:N104"/>
+    <mergeCell ref="N99:N101"/>
+    <mergeCell ref="J99:J101"/>
+    <mergeCell ref="K99:K101"/>
+    <mergeCell ref="L99:L101"/>
+    <mergeCell ref="M99:M101"/>
+    <mergeCell ref="L81:L83"/>
+    <mergeCell ref="M81:M83"/>
+    <mergeCell ref="M72:M74"/>
+    <mergeCell ref="N93:N95"/>
+    <mergeCell ref="M75:M77"/>
+    <mergeCell ref="N75:N77"/>
+    <mergeCell ref="N81:N83"/>
+    <mergeCell ref="J93:J95"/>
+    <mergeCell ref="K93:K95"/>
+    <mergeCell ref="L93:L95"/>
+    <mergeCell ref="M93:M95"/>
+    <mergeCell ref="J90:J92"/>
+    <mergeCell ref="K90:K92"/>
+    <mergeCell ref="L90:L92"/>
+    <mergeCell ref="M90:M92"/>
+    <mergeCell ref="J87:J89"/>
+    <mergeCell ref="K87:K89"/>
+    <mergeCell ref="L87:L89"/>
+    <mergeCell ref="M87:M89"/>
+    <mergeCell ref="J81:J83"/>
+    <mergeCell ref="K81:K83"/>
+    <mergeCell ref="N90:N92"/>
+    <mergeCell ref="N87:N89"/>
+    <mergeCell ref="J63:J65"/>
+    <mergeCell ref="K63:K65"/>
+    <mergeCell ref="L63:L65"/>
+    <mergeCell ref="M63:M65"/>
+    <mergeCell ref="N63:N65"/>
+    <mergeCell ref="J60:J62"/>
+    <mergeCell ref="J66:J68"/>
+    <mergeCell ref="J72:J74"/>
+    <mergeCell ref="K72:K74"/>
+    <mergeCell ref="L72:L74"/>
+    <mergeCell ref="J69:J71"/>
+    <mergeCell ref="K69:K71"/>
+    <mergeCell ref="L69:L71"/>
+    <mergeCell ref="N72:N74"/>
+    <mergeCell ref="L36:L38"/>
+    <mergeCell ref="M36:M38"/>
+    <mergeCell ref="N36:N38"/>
+    <mergeCell ref="J33:J35"/>
+    <mergeCell ref="K33:K35"/>
+    <mergeCell ref="L33:L35"/>
+    <mergeCell ref="M33:M35"/>
+    <mergeCell ref="N33:N35"/>
+    <mergeCell ref="K60:K62"/>
+    <mergeCell ref="L60:L62"/>
+    <mergeCell ref="M60:M62"/>
+    <mergeCell ref="N60:N62"/>
+    <mergeCell ref="J39:J41"/>
+    <mergeCell ref="K39:K41"/>
+    <mergeCell ref="L39:L41"/>
+    <mergeCell ref="M39:M41"/>
+    <mergeCell ref="N39:N41"/>
+    <mergeCell ref="K48:K50"/>
+    <mergeCell ref="L48:L50"/>
+    <mergeCell ref="M48:M50"/>
+    <mergeCell ref="N48:N50"/>
+    <mergeCell ref="J42:J44"/>
+    <mergeCell ref="K42:K44"/>
+    <mergeCell ref="L42:L44"/>
+    <mergeCell ref="L24:L26"/>
+    <mergeCell ref="M24:M26"/>
+    <mergeCell ref="N24:N26"/>
+    <mergeCell ref="K30:K32"/>
+    <mergeCell ref="L30:L32"/>
+    <mergeCell ref="M30:M32"/>
+    <mergeCell ref="N30:N32"/>
+    <mergeCell ref="J30:J32"/>
+    <mergeCell ref="J27:J29"/>
+    <mergeCell ref="K27:K29"/>
+    <mergeCell ref="L27:L29"/>
+    <mergeCell ref="M27:M29"/>
+    <mergeCell ref="N27:N29"/>
+    <mergeCell ref="J21:J23"/>
+    <mergeCell ref="K21:K23"/>
+    <mergeCell ref="L21:L23"/>
+    <mergeCell ref="M21:M23"/>
+    <mergeCell ref="N21:N23"/>
+    <mergeCell ref="J36:J38"/>
+    <mergeCell ref="J12:J14"/>
+    <mergeCell ref="K12:K14"/>
+    <mergeCell ref="L12:L14"/>
+    <mergeCell ref="M12:M14"/>
+    <mergeCell ref="N12:N14"/>
+    <mergeCell ref="J18:J20"/>
+    <mergeCell ref="K18:K20"/>
+    <mergeCell ref="L18:L20"/>
+    <mergeCell ref="M18:M20"/>
+    <mergeCell ref="N18:N20"/>
+    <mergeCell ref="J15:J17"/>
+    <mergeCell ref="K15:K17"/>
+    <mergeCell ref="L15:L17"/>
+    <mergeCell ref="M15:M17"/>
+    <mergeCell ref="N15:N17"/>
+    <mergeCell ref="K36:K38"/>
+    <mergeCell ref="J24:J26"/>
+    <mergeCell ref="K24:K26"/>
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K5"/>
+    <mergeCell ref="L3:L5"/>
+    <mergeCell ref="M3:M5"/>
+    <mergeCell ref="N3:N5"/>
+    <mergeCell ref="J9:J11"/>
+    <mergeCell ref="K9:K11"/>
+    <mergeCell ref="L9:L11"/>
+    <mergeCell ref="M9:M11"/>
+    <mergeCell ref="N9:N11"/>
+    <mergeCell ref="J6:J8"/>
+    <mergeCell ref="K6:K8"/>
+    <mergeCell ref="L6:L8"/>
+    <mergeCell ref="M6:M8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="M42:M44"/>
+    <mergeCell ref="N42:N44"/>
+    <mergeCell ref="J45:J47"/>
+    <mergeCell ref="K45:K47"/>
+    <mergeCell ref="L45:L47"/>
+    <mergeCell ref="M45:M47"/>
+    <mergeCell ref="N45:N47"/>
+    <mergeCell ref="J54:J56"/>
+    <mergeCell ref="K54:K56"/>
+    <mergeCell ref="L54:L56"/>
+    <mergeCell ref="M54:M56"/>
+    <mergeCell ref="N54:N56"/>
+    <mergeCell ref="L51:L53"/>
+    <mergeCell ref="M51:M53"/>
+    <mergeCell ref="N51:N53"/>
+    <mergeCell ref="J48:J50"/>
+    <mergeCell ref="J51:J53"/>
+    <mergeCell ref="K51:K53"/>
     <mergeCell ref="J57:J59"/>
     <mergeCell ref="K57:K59"/>
     <mergeCell ref="L57:L59"/>
     <mergeCell ref="M57:M59"/>
     <mergeCell ref="N57:N59"/>
     <mergeCell ref="J84:J86"/>
     <mergeCell ref="K84:K86"/>
     <mergeCell ref="L84:L86"/>
     <mergeCell ref="M84:M86"/>
     <mergeCell ref="N84:N86"/>
     <mergeCell ref="M69:M71"/>
     <mergeCell ref="N69:N71"/>
     <mergeCell ref="K66:K68"/>
     <mergeCell ref="L66:L68"/>
     <mergeCell ref="M66:M68"/>
     <mergeCell ref="N66:N68"/>
     <mergeCell ref="J78:J80"/>
     <mergeCell ref="K78:K80"/>
     <mergeCell ref="L78:L80"/>
     <mergeCell ref="M78:M80"/>
     <mergeCell ref="N78:N80"/>
     <mergeCell ref="J75:J77"/>
     <mergeCell ref="K75:K77"/>
     <mergeCell ref="L75:L77"/>
-    <mergeCell ref="M42:M44"/>
-[...165 lines deleted...]
-    <mergeCell ref="J120:J122"/>
+    <mergeCell ref="K120:K122"/>
+    <mergeCell ref="L120:L122"/>
+    <mergeCell ref="M120:M122"/>
+    <mergeCell ref="N120:N122"/>
+    <mergeCell ref="J123:J125"/>
+    <mergeCell ref="K123:K125"/>
+    <mergeCell ref="L123:L125"/>
+    <mergeCell ref="M123:M125"/>
+    <mergeCell ref="N123:N125"/>
+    <mergeCell ref="J108:J110"/>
+    <mergeCell ref="K108:K110"/>
+    <mergeCell ref="L108:L110"/>
+    <mergeCell ref="M108:M110"/>
+    <mergeCell ref="N108:N110"/>
+    <mergeCell ref="J114:J116"/>
+    <mergeCell ref="K114:K116"/>
+    <mergeCell ref="L114:L116"/>
+    <mergeCell ref="M114:M116"/>
+    <mergeCell ref="N114:N116"/>
+    <mergeCell ref="J111:J113"/>
+    <mergeCell ref="K111:K113"/>
+    <mergeCell ref="L111:L113"/>
+    <mergeCell ref="M111:M113"/>
+    <mergeCell ref="N111:N113"/>
+    <mergeCell ref="J132:J134"/>
+    <mergeCell ref="K132:K134"/>
+    <mergeCell ref="L132:L134"/>
+    <mergeCell ref="M132:M134"/>
+    <mergeCell ref="N132:N134"/>
+    <mergeCell ref="J135:J137"/>
+    <mergeCell ref="K135:K137"/>
+    <mergeCell ref="L135:L137"/>
+    <mergeCell ref="M135:M137"/>
+    <mergeCell ref="N135:N137"/>
+    <mergeCell ref="J156:J158"/>
+    <mergeCell ref="K156:K158"/>
+    <mergeCell ref="L156:L158"/>
+    <mergeCell ref="M156:M158"/>
+    <mergeCell ref="N156:N158"/>
+    <mergeCell ref="N138:N140"/>
+    <mergeCell ref="J138:J140"/>
+    <mergeCell ref="K138:K140"/>
+    <mergeCell ref="L138:L140"/>
+    <mergeCell ref="M138:M140"/>
+    <mergeCell ref="N153:N155"/>
+    <mergeCell ref="J153:J155"/>
+    <mergeCell ref="K153:K155"/>
+    <mergeCell ref="L153:L155"/>
+    <mergeCell ref="M153:M155"/>
+    <mergeCell ref="J141:J143"/>
+    <mergeCell ref="K141:K143"/>
+    <mergeCell ref="L141:L143"/>
+    <mergeCell ref="M141:M143"/>
+    <mergeCell ref="N141:N143"/>
+    <mergeCell ref="J150:J152"/>
+    <mergeCell ref="K150:K152"/>
+    <mergeCell ref="L150:L152"/>
     <mergeCell ref="M150:M152"/>
-    <mergeCell ref="N150:N152"/>
-[...9 lines deleted...]
-    <mergeCell ref="N147:N149"/>
+    <mergeCell ref="J159:J161"/>
+    <mergeCell ref="K159:K161"/>
+    <mergeCell ref="L159:L161"/>
+    <mergeCell ref="M159:M161"/>
+    <mergeCell ref="N159:N161"/>
+    <mergeCell ref="J162:J164"/>
+    <mergeCell ref="K162:K164"/>
+    <mergeCell ref="L162:L164"/>
+    <mergeCell ref="M162:M164"/>
+    <mergeCell ref="N162:N164"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>