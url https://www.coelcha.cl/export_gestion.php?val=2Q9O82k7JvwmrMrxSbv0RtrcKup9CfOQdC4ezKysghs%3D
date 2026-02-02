--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ERIX\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5DC63430-B7AB-48BD-8CB1-D21157579240}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90D27C9A-B20D-47D0-BA99-7E4E6ACC24F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="17385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$B$2:$N$131</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="17">
   <si>
     <t>Nombre Empresa</t>
   </si>
   <si>
     <t>mm/yyyy</t>
   </si>
   <si>
     <t>Tipo Requerimiento</t>
   </si>
   <si>
     <t>Eficiencia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Eficacia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Oportunidad del servicio Comercial (OP)</t>
   </si>
   <si>
     <t>Tiempo medio de resolucion de reclamos, consultas y solicitudes (TRR)</t>
   </si>
   <si>
     <t>Indicador de nivel de reclamo, consulta y solicitud (INR)</t>
   </si>
   <si>
@@ -688,120 +688,120 @@
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="166" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1044,54 +1044,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:N170"/>
+  <dimension ref="B1:N176"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A141" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M156" sqref="M156:M158"/>
+    <sheetView tabSelected="1" topLeftCell="A156" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K182" sqref="K182"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="14" width="12.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:14" ht="105.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="4" t="s">
@@ -1122,950 +1122,950 @@
     <row r="3" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="7">
         <v>44228</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="9">
         <v>95.990000000000009</v>
       </c>
       <c r="F3" s="8">
         <v>96.15</v>
       </c>
       <c r="G3" s="9">
         <v>93.68</v>
       </c>
       <c r="H3" s="8">
         <v>24</v>
       </c>
       <c r="I3" s="8">
         <v>7.5320017314946502E-2</v>
       </c>
-      <c r="J3" s="112">
-[...2 lines deleted...]
-      <c r="K3" s="115">
+      <c r="J3" s="118">
+        <v>100</v>
+      </c>
+      <c r="K3" s="127">
         <v>77.97</v>
       </c>
-      <c r="L3" s="115">
+      <c r="L3" s="127">
         <v>0.98631268436578168</v>
       </c>
-      <c r="M3" s="115">
+      <c r="M3" s="127">
         <v>0.99973942969518192</v>
       </c>
       <c r="N3" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="4" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B4" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="11">
         <v>44228</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="13">
         <v>97.43</v>
       </c>
       <c r="F4" s="12">
         <v>100</v>
       </c>
       <c r="G4" s="61">
         <v>100</v>
       </c>
       <c r="H4" s="12">
         <v>1</v>
       </c>
       <c r="I4" s="12">
         <v>0.11681404984231031</v>
       </c>
-      <c r="J4" s="113"/>
-[...2 lines deleted...]
-      <c r="M4" s="116"/>
+      <c r="J4" s="119"/>
+      <c r="K4" s="128"/>
+      <c r="L4" s="128"/>
+      <c r="M4" s="128"/>
       <c r="N4" s="95"/>
     </row>
     <row r="5" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="15">
         <v>44228</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="17">
         <v>97.06</v>
       </c>
       <c r="F5" s="16">
         <v>99.87</v>
       </c>
       <c r="G5" s="17">
         <v>95.050000000000011</v>
       </c>
       <c r="H5" s="16">
         <v>24</v>
       </c>
       <c r="I5" s="16">
         <v>0.17716900624574855</v>
       </c>
-      <c r="J5" s="114"/>
-[...2 lines deleted...]
-      <c r="M5" s="117"/>
+      <c r="J5" s="120"/>
+      <c r="K5" s="129"/>
+      <c r="L5" s="129"/>
+      <c r="M5" s="129"/>
       <c r="N5" s="96"/>
     </row>
     <row r="6" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B6" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="22">
         <v>44256</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="24">
         <v>96.37</v>
       </c>
       <c r="F6" s="23">
         <v>96.38000000000001</v>
       </c>
       <c r="G6" s="24">
         <v>92.9</v>
       </c>
       <c r="H6" s="23">
         <v>23</v>
       </c>
       <c r="I6" s="23">
         <v>8.3015853508664125E-2</v>
       </c>
-      <c r="J6" s="118">
-[...2 lines deleted...]
-      <c r="K6" s="121">
+      <c r="J6" s="130">
+        <v>100</v>
+      </c>
+      <c r="K6" s="112">
         <v>75.05</v>
       </c>
-      <c r="L6" s="121">
+      <c r="L6" s="112">
         <v>0.98834707958285417</v>
       </c>
-      <c r="M6" s="121">
+      <c r="M6" s="112">
         <v>0.9997373012411277</v>
       </c>
-      <c r="N6" s="124">
+      <c r="N6" s="115">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="7" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B7" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="25">
         <v>44256</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="20">
         <v>98.11</v>
       </c>
       <c r="F7" s="19">
         <v>100</v>
       </c>
       <c r="G7" s="60">
         <v>100</v>
       </c>
       <c r="H7" s="19">
         <v>1</v>
       </c>
       <c r="I7" s="30">
         <v>0.14913358731719306</v>
       </c>
-      <c r="J7" s="119"/>
-[...3 lines deleted...]
-      <c r="N7" s="125"/>
+      <c r="J7" s="131"/>
+      <c r="K7" s="113"/>
+      <c r="L7" s="113"/>
+      <c r="M7" s="113"/>
+      <c r="N7" s="116"/>
     </row>
     <row r="8" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="27">
         <v>44256</v>
       </c>
       <c r="D8" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="29">
         <v>96.75</v>
       </c>
       <c r="F8" s="28">
         <v>99.87</v>
       </c>
       <c r="G8" s="29">
         <v>94.940000000000012</v>
       </c>
       <c r="H8" s="28">
         <v>22</v>
       </c>
       <c r="I8" s="28">
         <v>0.18809143418950472</v>
       </c>
-      <c r="J8" s="120"/>
-[...3 lines deleted...]
-      <c r="N8" s="126"/>
+      <c r="J8" s="132"/>
+      <c r="K8" s="114"/>
+      <c r="L8" s="114"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="117"/>
     </row>
     <row r="9" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="7">
         <v>44287</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="9">
         <v>96.54</v>
       </c>
       <c r="F9" s="8">
         <v>96.490000000000009</v>
       </c>
       <c r="G9" s="9">
         <v>92.9</v>
       </c>
       <c r="H9" s="8">
         <v>22</v>
       </c>
       <c r="I9" s="12">
         <v>8.6842266088125647E-2</v>
       </c>
-      <c r="J9" s="112">
-[...2 lines deleted...]
-      <c r="K9" s="115">
+      <c r="J9" s="118">
+        <v>100</v>
+      </c>
+      <c r="K9" s="127">
         <v>75.459999999999994</v>
       </c>
-      <c r="L9" s="115">
+      <c r="L9" s="127">
         <v>0.98982024257507384</v>
       </c>
-      <c r="M9" s="115">
+      <c r="M9" s="127">
         <v>0.99973513640475153</v>
       </c>
       <c r="N9" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="10" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="11">
         <v>44287</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="13">
         <v>98.34</v>
       </c>
       <c r="F10" s="12">
         <v>100</v>
       </c>
       <c r="G10" s="61">
         <v>100</v>
       </c>
       <c r="H10" s="59">
         <v>1</v>
       </c>
       <c r="I10" s="12">
         <v>0.16256187740634359</v>
       </c>
-      <c r="J10" s="113"/>
-[...2 lines deleted...]
-      <c r="M10" s="116"/>
+      <c r="J10" s="119"/>
+      <c r="K10" s="128"/>
+      <c r="L10" s="128"/>
+      <c r="M10" s="128"/>
       <c r="N10" s="95"/>
     </row>
     <row r="11" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15">
         <v>44287</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="17">
         <v>95.77000000000001</v>
       </c>
       <c r="F11" s="16">
         <v>99.910000000000011</v>
       </c>
       <c r="G11" s="17">
         <v>94.990000000000009</v>
       </c>
       <c r="H11" s="16">
         <v>21</v>
       </c>
       <c r="I11" s="16">
         <v>0.19739656542198863</v>
       </c>
-      <c r="J11" s="114"/>
-[...2 lines deleted...]
-      <c r="M11" s="117"/>
+      <c r="J11" s="120"/>
+      <c r="K11" s="129"/>
+      <c r="L11" s="129"/>
+      <c r="M11" s="129"/>
       <c r="N11" s="96"/>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B12" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="22">
         <v>44317</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="24">
         <v>96.800000000000011</v>
       </c>
       <c r="F12" s="23">
         <v>96.63000000000001</v>
       </c>
       <c r="G12" s="24">
         <v>93.320000000000007</v>
       </c>
       <c r="H12" s="23">
         <v>21</v>
       </c>
       <c r="I12" s="23">
         <v>9.3666423535132506E-2</v>
       </c>
-      <c r="J12" s="118">
-[...2 lines deleted...]
-      <c r="K12" s="121">
+      <c r="J12" s="130">
+        <v>100</v>
+      </c>
+      <c r="K12" s="112">
         <v>76.67</v>
       </c>
-      <c r="L12" s="121">
+      <c r="L12" s="112">
         <v>0.99075534149818889</v>
       </c>
-      <c r="M12" s="121">
+      <c r="M12" s="112">
         <v>0.99973298806507027</v>
       </c>
-      <c r="N12" s="124">
+      <c r="N12" s="115">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B13" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="25">
         <v>44317</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="20">
         <v>98.59</v>
       </c>
       <c r="F13" s="19">
         <v>100</v>
       </c>
       <c r="G13" s="60">
         <v>100</v>
       </c>
       <c r="H13" s="19">
         <v>1</v>
       </c>
       <c r="I13" s="30">
         <v>0.18672501823486506</v>
       </c>
-      <c r="J13" s="119"/>
-[...3 lines deleted...]
-      <c r="N13" s="125"/>
+      <c r="J13" s="131"/>
+      <c r="K13" s="113"/>
+      <c r="L13" s="113"/>
+      <c r="M13" s="113"/>
+      <c r="N13" s="116"/>
     </row>
     <row r="14" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="27">
         <v>44317</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="29">
         <v>95.490000000000009</v>
       </c>
       <c r="F14" s="28">
         <v>99.92</v>
       </c>
       <c r="G14" s="29">
         <v>95.070000000000007</v>
       </c>
       <c r="H14" s="28">
         <v>21</v>
       </c>
       <c r="I14" s="28">
         <v>0.21188913202042306</v>
       </c>
-      <c r="J14" s="120"/>
-[...3 lines deleted...]
-      <c r="N14" s="126"/>
+      <c r="J14" s="132"/>
+      <c r="K14" s="114"/>
+      <c r="L14" s="114"/>
+      <c r="M14" s="114"/>
+      <c r="N14" s="117"/>
     </row>
     <row r="15" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="7">
         <v>44348</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="9">
         <v>96.710000000000008</v>
       </c>
       <c r="F15" s="8">
         <v>97.04</v>
       </c>
       <c r="G15" s="9">
         <v>92.570000000000007</v>
       </c>
       <c r="H15" s="8">
         <v>20</v>
       </c>
       <c r="I15" s="8">
         <v>9.5966620305980535E-2</v>
       </c>
-      <c r="J15" s="112">
-[...2 lines deleted...]
-      <c r="K15" s="115">
+      <c r="J15" s="118">
+        <v>100</v>
+      </c>
+      <c r="K15" s="127">
         <v>78.599999999999994</v>
       </c>
-      <c r="L15" s="115">
+      <c r="L15" s="127">
         <v>0.9918708978141747</v>
       </c>
-      <c r="M15" s="115">
+      <c r="M15" s="127">
         <v>0.99973404789145137</v>
       </c>
       <c r="N15" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="16" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="11">
         <v>44348</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="13">
         <v>98.7</v>
       </c>
       <c r="F16" s="12">
         <v>100</v>
       </c>
       <c r="G16" s="61">
         <v>100</v>
       </c>
       <c r="H16" s="12">
         <v>1</v>
       </c>
       <c r="I16" s="31">
         <v>0.20638568059502932</v>
       </c>
-      <c r="J16" s="113"/>
-[...2 lines deleted...]
-      <c r="M16" s="116"/>
+      <c r="J16" s="119"/>
+      <c r="K16" s="128"/>
+      <c r="L16" s="128"/>
+      <c r="M16" s="128"/>
       <c r="N16" s="95"/>
     </row>
     <row r="17" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="15">
         <v>44348</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="17">
         <v>95.23</v>
       </c>
       <c r="F17" s="16">
         <v>99.95</v>
       </c>
       <c r="G17" s="17">
         <v>94.88000000000001</v>
       </c>
       <c r="H17" s="16">
         <v>19</v>
       </c>
       <c r="I17" s="16">
         <v>0.21485154502025761</v>
       </c>
-      <c r="J17" s="114"/>
-[...2 lines deleted...]
-      <c r="M17" s="117"/>
+      <c r="J17" s="120"/>
+      <c r="K17" s="129"/>
+      <c r="L17" s="129"/>
+      <c r="M17" s="129"/>
       <c r="N17" s="96"/>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B18" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="22">
         <v>44378</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="24">
         <v>96.84</v>
       </c>
       <c r="F18" s="23">
         <v>97.100000000000009</v>
       </c>
       <c r="G18" s="24">
         <v>92.43</v>
       </c>
       <c r="H18" s="23">
         <v>19</v>
       </c>
       <c r="I18" s="23">
         <v>9.9355693382308666E-2</v>
       </c>
-      <c r="J18" s="118">
-[...2 lines deleted...]
-      <c r="K18" s="130">
+      <c r="J18" s="130">
+        <v>100</v>
+      </c>
+      <c r="K18" s="133">
         <v>79.477410739032933</v>
       </c>
-      <c r="L18" s="121">
+      <c r="L18" s="112">
         <v>0.99291959583742784</v>
       </c>
-      <c r="M18" s="121">
+      <c r="M18" s="112">
         <v>0.99973291002091369</v>
       </c>
-      <c r="N18" s="124">
+      <c r="N18" s="115">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B19" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="25">
         <v>44378</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="20">
         <v>98.87</v>
       </c>
       <c r="F19" s="19">
         <v>100</v>
       </c>
       <c r="G19" s="20">
         <v>100</v>
       </c>
       <c r="H19" s="19">
         <v>1</v>
       </c>
       <c r="I19" s="30">
         <v>0.23146865779490577</v>
       </c>
-      <c r="J19" s="119"/>
-[...3 lines deleted...]
-      <c r="N19" s="125"/>
+      <c r="J19" s="131"/>
+      <c r="K19" s="134"/>
+      <c r="L19" s="113"/>
+      <c r="M19" s="113"/>
+      <c r="N19" s="116"/>
     </row>
     <row r="20" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="27">
         <v>44378</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="29">
         <v>95.26</v>
       </c>
       <c r="F20" s="28">
         <v>99.95</v>
       </c>
       <c r="G20" s="29">
         <v>94.92</v>
       </c>
       <c r="H20" s="28">
         <v>19</v>
       </c>
       <c r="I20" s="28">
         <v>0.22376106461130849</v>
       </c>
-      <c r="J20" s="120"/>
-[...3 lines deleted...]
-      <c r="N20" s="126"/>
+      <c r="J20" s="132"/>
+      <c r="K20" s="135"/>
+      <c r="L20" s="114"/>
+      <c r="M20" s="114"/>
+      <c r="N20" s="117"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="7">
         <v>44409</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="9">
         <v>97.13000000000001</v>
       </c>
       <c r="F21" s="8">
         <v>97.33</v>
       </c>
       <c r="G21" s="9">
         <v>92.51</v>
       </c>
       <c r="H21" s="8">
         <v>18</v>
       </c>
       <c r="I21" s="12">
         <v>0.10409865796155242</v>
       </c>
-      <c r="J21" s="112">
-[...2 lines deleted...]
-      <c r="K21" s="127">
+      <c r="J21" s="118">
+        <v>100</v>
+      </c>
+      <c r="K21" s="121">
         <v>80.125721174545774</v>
       </c>
-      <c r="L21" s="115">
+      <c r="L21" s="127">
         <v>0.99411410133673728</v>
       </c>
-      <c r="M21" s="115">
+      <c r="M21" s="127">
         <v>0.99973153818489424</v>
       </c>
       <c r="N21" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="11">
         <v>44409</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="13">
         <v>99.050000000000011</v>
       </c>
       <c r="F22" s="12">
         <v>100</v>
       </c>
       <c r="G22" s="61">
         <v>100</v>
       </c>
       <c r="H22" s="59">
         <v>1</v>
       </c>
       <c r="I22" s="12">
         <v>0.26447829766654574</v>
       </c>
-      <c r="J22" s="113"/>
-[...2 lines deleted...]
-      <c r="M22" s="116"/>
+      <c r="J22" s="119"/>
+      <c r="K22" s="122"/>
+      <c r="L22" s="128"/>
+      <c r="M22" s="128"/>
       <c r="N22" s="95"/>
     </row>
     <row r="23" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="15">
         <v>44409</v>
       </c>
       <c r="D23" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="17">
         <v>95.42</v>
       </c>
       <c r="F23" s="16">
         <v>99.95</v>
       </c>
       <c r="G23" s="17">
         <v>95.300000000000011</v>
       </c>
       <c r="H23" s="16">
         <v>18</v>
       </c>
       <c r="I23" s="16">
         <v>0.23660984161528231</v>
       </c>
-      <c r="J23" s="114"/>
-[...2 lines deleted...]
-      <c r="M23" s="117"/>
+      <c r="J23" s="120"/>
+      <c r="K23" s="123"/>
+      <c r="L23" s="129"/>
+      <c r="M23" s="129"/>
       <c r="N23" s="96"/>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B24" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="22">
         <v>44440</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="24">
         <v>97.5</v>
       </c>
       <c r="F24" s="23">
         <v>97.38000000000001</v>
       </c>
       <c r="G24" s="24">
         <v>92.25</v>
       </c>
       <c r="H24" s="23">
         <v>17</v>
       </c>
       <c r="I24" s="23">
         <v>0.10518109858479252</v>
       </c>
-      <c r="J24" s="118">
-[...2 lines deleted...]
-      <c r="K24" s="130">
+      <c r="J24" s="130">
+        <v>100</v>
+      </c>
+      <c r="K24" s="133">
         <v>80.633250488917867</v>
       </c>
-      <c r="L24" s="121">
+      <c r="L24" s="112">
         <v>0.99425012222946541</v>
       </c>
-      <c r="M24" s="121">
+      <c r="M24" s="112">
         <v>0.99973007659713164</v>
       </c>
-      <c r="N24" s="124">
+      <c r="N24" s="115">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B25" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="25">
         <v>44440</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="20">
         <v>98.73</v>
       </c>
       <c r="F25" s="19">
         <v>100</v>
       </c>
       <c r="G25" s="60">
         <v>100</v>
       </c>
       <c r="H25" s="19">
         <v>1</v>
       </c>
       <c r="I25" s="30">
         <v>0.28789877668505637</v>
       </c>
-      <c r="J25" s="119"/>
-[...3 lines deleted...]
-      <c r="N25" s="125"/>
+      <c r="J25" s="131"/>
+      <c r="K25" s="134"/>
+      <c r="L25" s="113"/>
+      <c r="M25" s="113"/>
+      <c r="N25" s="116"/>
     </row>
     <row r="26" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="27">
         <v>44440</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="29">
         <v>95.350000000000009</v>
       </c>
       <c r="F26" s="28">
         <v>99.95</v>
       </c>
       <c r="G26" s="29">
         <v>95.98</v>
       </c>
       <c r="H26" s="28">
         <v>16</v>
       </c>
       <c r="I26" s="28">
         <v>0.23812664907651715</v>
       </c>
-      <c r="J26" s="120"/>
-[...3 lines deleted...]
-      <c r="N26" s="126"/>
+      <c r="J26" s="132"/>
+      <c r="K26" s="135"/>
+      <c r="L26" s="114"/>
+      <c r="M26" s="114"/>
+      <c r="N26" s="117"/>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="7">
         <v>44470</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="9">
         <v>97.570000000000007</v>
       </c>
       <c r="F27" s="8">
         <v>97.28</v>
       </c>
       <c r="G27" s="9">
         <v>91.25</v>
       </c>
       <c r="H27" s="8">
         <v>16</v>
       </c>
       <c r="I27" s="32">
         <v>0.10491881282341045</v>
       </c>
-      <c r="J27" s="112">
-[...2 lines deleted...]
-      <c r="K27" s="127">
+      <c r="J27" s="118">
+        <v>100</v>
+      </c>
+      <c r="K27" s="121">
         <v>81.164993854977467</v>
       </c>
-      <c r="L27" s="133">
+      <c r="L27" s="124">
         <v>0.99429537074969276</v>
       </c>
-      <c r="M27" s="115">
+      <c r="M27" s="127">
         <v>0.99972859483818111</v>
       </c>
       <c r="N27" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="11">
         <v>44470</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="F28" s="12">
         <v>100</v>
       </c>
       <c r="G28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="H28" s="12">
         <v>1</v>
       </c>
       <c r="I28" s="33">
         <v>0.3032772259561054</v>
       </c>
-      <c r="J28" s="113"/>
-[...2 lines deleted...]
-      <c r="M28" s="116"/>
+      <c r="J28" s="119"/>
+      <c r="K28" s="122"/>
+      <c r="L28" s="125"/>
+      <c r="M28" s="128"/>
       <c r="N28" s="95"/>
     </row>
     <row r="29" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="15">
         <v>44470</v>
       </c>
       <c r="D29" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="17">
         <v>95.64</v>
       </c>
       <c r="F29" s="16">
         <v>99.960000000000008</v>
       </c>
       <c r="G29" s="17">
         <v>96.570000000000007</v>
       </c>
       <c r="H29" s="16">
         <v>15</v>
       </c>
       <c r="I29" s="34">
         <v>0.24742758579670493</v>
       </c>
-      <c r="J29" s="114"/>
-[...2 lines deleted...]
-      <c r="M29" s="117"/>
+      <c r="J29" s="120"/>
+      <c r="K29" s="123"/>
+      <c r="L29" s="126"/>
+      <c r="M29" s="129"/>
       <c r="N29" s="96"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B30" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="56">
         <v>44501</v>
       </c>
       <c r="D30" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="45">
         <v>98.51</v>
       </c>
       <c r="F30" s="40">
         <v>97.13000000000001</v>
       </c>
       <c r="G30" s="45">
         <v>93.47</v>
       </c>
       <c r="H30" s="40">
         <v>14</v>
       </c>
       <c r="I30" s="40">
@@ -6865,332 +6865,548 @@
       </c>
       <c r="D170" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E170" s="47">
         <v>98.36363636363636</v>
       </c>
       <c r="F170" s="47">
         <v>99.897309509139447</v>
       </c>
       <c r="G170" s="47">
         <v>73.341548572602179</v>
       </c>
       <c r="H170" s="42">
         <v>5</v>
       </c>
       <c r="I170" s="42">
         <v>0.20278205822331433</v>
       </c>
       <c r="J170" s="99"/>
       <c r="K170" s="102"/>
       <c r="L170" s="105"/>
       <c r="M170" s="108"/>
       <c r="N170" s="111"/>
     </row>
+    <row r="171" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B171" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" s="55">
+        <v>45931</v>
+      </c>
+      <c r="D171" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="48">
+        <v>99.733051899677179</v>
+      </c>
+      <c r="F171" s="48">
+        <v>99.558045440398374</v>
+      </c>
+      <c r="G171" s="50">
+        <v>99.122315592903831</v>
+      </c>
+      <c r="H171" s="76">
+        <v>1</v>
+      </c>
+      <c r="I171" s="68">
+        <v>0.67505013368983957</v>
+      </c>
+      <c r="J171" s="82">
+        <v>100</v>
+      </c>
+      <c r="K171" s="85">
+        <v>94.09009625728217</v>
+      </c>
+      <c r="L171" s="88">
+        <v>0.99575294429930561</v>
+      </c>
+      <c r="M171" s="91">
+        <v>0.99708713449475406</v>
+      </c>
+      <c r="N171" s="94">
+        <v>0.99450000000000005</v>
+      </c>
+    </row>
+    <row r="172" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B172" s="54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C172" s="39">
+        <v>45931</v>
+      </c>
+      <c r="D172" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="75">
+        <v>100</v>
+      </c>
+      <c r="F172" s="75">
+        <v>100</v>
+      </c>
+      <c r="G172" s="75">
+        <v>95.988768551945441</v>
+      </c>
+      <c r="H172" s="77">
+        <v>2</v>
+      </c>
+      <c r="I172" s="44">
+        <v>0.7119819518716578</v>
+      </c>
+      <c r="J172" s="83"/>
+      <c r="K172" s="86"/>
+      <c r="L172" s="89"/>
+      <c r="M172" s="92"/>
+      <c r="N172" s="95"/>
+    </row>
+    <row r="173" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B173" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C173" s="72">
+        <v>45931</v>
+      </c>
+      <c r="D173" s="70" t="s">
+        <v>16</v>
+      </c>
+      <c r="E173" s="71">
+        <v>96.576721707611753</v>
+      </c>
+      <c r="F173" s="71">
+        <v>99.895746455379481</v>
+      </c>
+      <c r="G173" s="71">
+        <v>78.836530442035027</v>
+      </c>
+      <c r="H173" s="78">
+        <v>5</v>
+      </c>
+      <c r="I173" s="70">
+        <v>0.19869652406417113</v>
+      </c>
+      <c r="J173" s="84"/>
+      <c r="K173" s="87"/>
+      <c r="L173" s="90"/>
+      <c r="M173" s="93"/>
+      <c r="N173" s="96"/>
+    </row>
+    <row r="174" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B174" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C174" s="56">
+        <v>45962</v>
+      </c>
+      <c r="D174" s="40" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="45">
+        <v>99.75422655842705</v>
+      </c>
+      <c r="F174" s="45">
+        <v>99.46991190085113</v>
+      </c>
+      <c r="G174" s="45">
+        <v>99.029416156487983</v>
+      </c>
+      <c r="H174" s="40">
+        <v>1</v>
+      </c>
+      <c r="I174" s="40">
+        <v>0.65253425513306407</v>
+      </c>
+      <c r="J174" s="97">
+        <v>100</v>
+      </c>
+      <c r="K174" s="100">
+        <v>93.860629514243001</v>
+      </c>
+      <c r="L174" s="103">
+        <v>0.99457941575042963</v>
+      </c>
+      <c r="M174" s="106">
+        <v>0.99872867740538429</v>
+      </c>
+      <c r="N174" s="109">
+        <v>0.99450000000000005</v>
+      </c>
+    </row>
+    <row r="175" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B175" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C175" s="58">
+        <v>45962</v>
+      </c>
+      <c r="D175" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="81">
+        <v>99.994209612044003</v>
+      </c>
+      <c r="F175" s="81">
+        <v>100</v>
+      </c>
+      <c r="G175" s="81">
+        <v>95.234234755921008</v>
+      </c>
+      <c r="H175" s="41">
+        <v>2</v>
+      </c>
+      <c r="I175" s="52">
+        <v>0.71138228312023655</v>
+      </c>
+      <c r="J175" s="98"/>
+      <c r="K175" s="101"/>
+      <c r="L175" s="104"/>
+      <c r="M175" s="107"/>
+      <c r="N175" s="110"/>
+    </row>
+    <row r="176" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B176" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" s="67">
+        <v>45962</v>
+      </c>
+      <c r="D176" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="E176" s="47">
+        <v>98.956282000787709</v>
+      </c>
+      <c r="F176" s="47">
+        <v>99.900497512437809</v>
+      </c>
+      <c r="G176" s="47">
+        <v>80.497512437810954</v>
+      </c>
+      <c r="H176" s="42">
+        <v>5</v>
+      </c>
+      <c r="I176" s="42">
+        <v>0.20278205822331433</v>
+      </c>
+      <c r="J176" s="99"/>
+      <c r="K176" s="102"/>
+      <c r="L176" s="105"/>
+      <c r="M176" s="108"/>
+      <c r="N176" s="111"/>
+    </row>
   </sheetData>
-  <mergeCells count="280">
-[...20 lines deleted...]
-    <mergeCell ref="N147:N149"/>
+  <mergeCells count="290">
+    <mergeCell ref="J171:J173"/>
+    <mergeCell ref="K171:K173"/>
+    <mergeCell ref="L171:L173"/>
+    <mergeCell ref="M171:M173"/>
+    <mergeCell ref="N171:N173"/>
+    <mergeCell ref="J174:J176"/>
+    <mergeCell ref="K174:K176"/>
+    <mergeCell ref="L174:L176"/>
+    <mergeCell ref="M174:M176"/>
+    <mergeCell ref="N174:N176"/>
+    <mergeCell ref="J159:J161"/>
+    <mergeCell ref="K159:K161"/>
+    <mergeCell ref="L159:L161"/>
+    <mergeCell ref="M159:M161"/>
+    <mergeCell ref="N159:N161"/>
+    <mergeCell ref="J162:J164"/>
+    <mergeCell ref="K162:K164"/>
+    <mergeCell ref="L162:L164"/>
+    <mergeCell ref="M162:M164"/>
+    <mergeCell ref="N162:N164"/>
+    <mergeCell ref="J156:J158"/>
+    <mergeCell ref="K156:K158"/>
+    <mergeCell ref="L156:L158"/>
+    <mergeCell ref="M156:M158"/>
+    <mergeCell ref="N156:N158"/>
+    <mergeCell ref="N138:N140"/>
+    <mergeCell ref="J138:J140"/>
+    <mergeCell ref="K138:K140"/>
+    <mergeCell ref="L138:L140"/>
+    <mergeCell ref="M138:M140"/>
+    <mergeCell ref="N153:N155"/>
+    <mergeCell ref="J153:J155"/>
+    <mergeCell ref="K153:K155"/>
+    <mergeCell ref="L153:L155"/>
+    <mergeCell ref="M153:M155"/>
+    <mergeCell ref="J141:J143"/>
+    <mergeCell ref="K141:K143"/>
+    <mergeCell ref="L141:L143"/>
+    <mergeCell ref="M141:M143"/>
+    <mergeCell ref="N141:N143"/>
+    <mergeCell ref="J150:J152"/>
+    <mergeCell ref="K150:K152"/>
+    <mergeCell ref="L150:L152"/>
+    <mergeCell ref="M150:M152"/>
+    <mergeCell ref="J132:J134"/>
+    <mergeCell ref="K132:K134"/>
+    <mergeCell ref="L132:L134"/>
+    <mergeCell ref="M132:M134"/>
+    <mergeCell ref="N132:N134"/>
+    <mergeCell ref="J135:J137"/>
+    <mergeCell ref="K135:K137"/>
+    <mergeCell ref="L135:L137"/>
+    <mergeCell ref="M135:M137"/>
+    <mergeCell ref="N135:N137"/>
+    <mergeCell ref="J108:J110"/>
+    <mergeCell ref="K108:K110"/>
+    <mergeCell ref="L108:L110"/>
+    <mergeCell ref="M108:M110"/>
+    <mergeCell ref="N108:N110"/>
+    <mergeCell ref="J114:J116"/>
+    <mergeCell ref="K114:K116"/>
+    <mergeCell ref="L114:L116"/>
+    <mergeCell ref="M114:M116"/>
+    <mergeCell ref="N114:N116"/>
+    <mergeCell ref="J111:J113"/>
+    <mergeCell ref="K111:K113"/>
+    <mergeCell ref="L111:L113"/>
+    <mergeCell ref="M111:M113"/>
+    <mergeCell ref="N111:N113"/>
+    <mergeCell ref="K120:K122"/>
+    <mergeCell ref="L120:L122"/>
+    <mergeCell ref="M120:M122"/>
+    <mergeCell ref="N120:N122"/>
+    <mergeCell ref="J123:J125"/>
+    <mergeCell ref="K123:K125"/>
+    <mergeCell ref="L123:L125"/>
+    <mergeCell ref="M123:M125"/>
+    <mergeCell ref="N123:N125"/>
+    <mergeCell ref="J57:J59"/>
+    <mergeCell ref="K57:K59"/>
+    <mergeCell ref="L57:L59"/>
+    <mergeCell ref="M57:M59"/>
+    <mergeCell ref="N57:N59"/>
+    <mergeCell ref="J84:J86"/>
+    <mergeCell ref="K84:K86"/>
+    <mergeCell ref="L84:L86"/>
+    <mergeCell ref="M84:M86"/>
+    <mergeCell ref="N84:N86"/>
+    <mergeCell ref="M69:M71"/>
+    <mergeCell ref="N69:N71"/>
+    <mergeCell ref="K66:K68"/>
+    <mergeCell ref="L66:L68"/>
+    <mergeCell ref="M66:M68"/>
+    <mergeCell ref="N66:N68"/>
+    <mergeCell ref="J78:J80"/>
+    <mergeCell ref="K78:K80"/>
+    <mergeCell ref="L78:L80"/>
+    <mergeCell ref="M78:M80"/>
+    <mergeCell ref="N78:N80"/>
+    <mergeCell ref="J75:J77"/>
+    <mergeCell ref="K75:K77"/>
+    <mergeCell ref="L75:L77"/>
+    <mergeCell ref="M42:M44"/>
+    <mergeCell ref="N42:N44"/>
+    <mergeCell ref="J45:J47"/>
+    <mergeCell ref="K45:K47"/>
+    <mergeCell ref="L45:L47"/>
+    <mergeCell ref="M45:M47"/>
+    <mergeCell ref="N45:N47"/>
+    <mergeCell ref="J54:J56"/>
+    <mergeCell ref="K54:K56"/>
+    <mergeCell ref="L54:L56"/>
+    <mergeCell ref="M54:M56"/>
+    <mergeCell ref="N54:N56"/>
+    <mergeCell ref="L51:L53"/>
+    <mergeCell ref="M51:M53"/>
+    <mergeCell ref="N51:N53"/>
+    <mergeCell ref="J48:J50"/>
+    <mergeCell ref="J51:J53"/>
+    <mergeCell ref="K51:K53"/>
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K5"/>
+    <mergeCell ref="L3:L5"/>
+    <mergeCell ref="M3:M5"/>
+    <mergeCell ref="N3:N5"/>
+    <mergeCell ref="J9:J11"/>
+    <mergeCell ref="K9:K11"/>
+    <mergeCell ref="L9:L11"/>
+    <mergeCell ref="M9:M11"/>
+    <mergeCell ref="N9:N11"/>
+    <mergeCell ref="J6:J8"/>
+    <mergeCell ref="K6:K8"/>
+    <mergeCell ref="L6:L8"/>
+    <mergeCell ref="M6:M8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="J21:J23"/>
+    <mergeCell ref="K21:K23"/>
+    <mergeCell ref="L21:L23"/>
+    <mergeCell ref="M21:M23"/>
+    <mergeCell ref="N21:N23"/>
+    <mergeCell ref="J36:J38"/>
+    <mergeCell ref="J12:J14"/>
+    <mergeCell ref="K12:K14"/>
+    <mergeCell ref="L12:L14"/>
+    <mergeCell ref="M12:M14"/>
+    <mergeCell ref="N12:N14"/>
+    <mergeCell ref="J18:J20"/>
+    <mergeCell ref="K18:K20"/>
+    <mergeCell ref="L18:L20"/>
+    <mergeCell ref="M18:M20"/>
+    <mergeCell ref="N18:N20"/>
+    <mergeCell ref="J15:J17"/>
+    <mergeCell ref="K15:K17"/>
+    <mergeCell ref="L15:L17"/>
+    <mergeCell ref="M15:M17"/>
+    <mergeCell ref="N15:N17"/>
+    <mergeCell ref="K36:K38"/>
+    <mergeCell ref="J24:J26"/>
+    <mergeCell ref="K24:K26"/>
+    <mergeCell ref="L24:L26"/>
+    <mergeCell ref="M24:M26"/>
+    <mergeCell ref="N24:N26"/>
+    <mergeCell ref="K30:K32"/>
+    <mergeCell ref="L30:L32"/>
+    <mergeCell ref="M30:M32"/>
+    <mergeCell ref="N30:N32"/>
+    <mergeCell ref="J30:J32"/>
+    <mergeCell ref="J27:J29"/>
+    <mergeCell ref="K27:K29"/>
+    <mergeCell ref="L27:L29"/>
+    <mergeCell ref="M27:M29"/>
+    <mergeCell ref="N27:N29"/>
+    <mergeCell ref="L36:L38"/>
+    <mergeCell ref="M36:M38"/>
+    <mergeCell ref="N36:N38"/>
+    <mergeCell ref="J33:J35"/>
+    <mergeCell ref="K33:K35"/>
+    <mergeCell ref="L33:L35"/>
+    <mergeCell ref="M33:M35"/>
+    <mergeCell ref="N33:N35"/>
+    <mergeCell ref="K60:K62"/>
+    <mergeCell ref="L60:L62"/>
+    <mergeCell ref="M60:M62"/>
+    <mergeCell ref="N60:N62"/>
+    <mergeCell ref="J39:J41"/>
+    <mergeCell ref="K39:K41"/>
+    <mergeCell ref="L39:L41"/>
+    <mergeCell ref="M39:M41"/>
+    <mergeCell ref="N39:N41"/>
+    <mergeCell ref="K48:K50"/>
+    <mergeCell ref="L48:L50"/>
+    <mergeCell ref="M48:M50"/>
+    <mergeCell ref="N48:N50"/>
+    <mergeCell ref="J42:J44"/>
+    <mergeCell ref="K42:K44"/>
+    <mergeCell ref="L42:L44"/>
+    <mergeCell ref="J63:J65"/>
+    <mergeCell ref="K63:K65"/>
+    <mergeCell ref="L63:L65"/>
+    <mergeCell ref="M63:M65"/>
+    <mergeCell ref="N63:N65"/>
+    <mergeCell ref="J60:J62"/>
+    <mergeCell ref="J66:J68"/>
+    <mergeCell ref="J72:J74"/>
+    <mergeCell ref="K72:K74"/>
+    <mergeCell ref="L72:L74"/>
+    <mergeCell ref="J69:J71"/>
+    <mergeCell ref="K69:K71"/>
+    <mergeCell ref="L69:L71"/>
+    <mergeCell ref="N72:N74"/>
+    <mergeCell ref="L81:L83"/>
+    <mergeCell ref="M81:M83"/>
+    <mergeCell ref="M72:M74"/>
+    <mergeCell ref="N93:N95"/>
+    <mergeCell ref="M75:M77"/>
+    <mergeCell ref="N75:N77"/>
+    <mergeCell ref="N81:N83"/>
+    <mergeCell ref="J93:J95"/>
+    <mergeCell ref="K93:K95"/>
+    <mergeCell ref="L93:L95"/>
+    <mergeCell ref="M93:M95"/>
+    <mergeCell ref="J90:J92"/>
+    <mergeCell ref="K90:K92"/>
+    <mergeCell ref="L90:L92"/>
+    <mergeCell ref="M90:M92"/>
+    <mergeCell ref="J87:J89"/>
+    <mergeCell ref="K87:K89"/>
+    <mergeCell ref="L87:L89"/>
+    <mergeCell ref="M87:M89"/>
+    <mergeCell ref="J81:J83"/>
+    <mergeCell ref="K81:K83"/>
+    <mergeCell ref="N90:N92"/>
+    <mergeCell ref="N87:N89"/>
+    <mergeCell ref="J96:J98"/>
+    <mergeCell ref="K96:K98"/>
+    <mergeCell ref="L96:L98"/>
+    <mergeCell ref="M96:M98"/>
+    <mergeCell ref="N96:N98"/>
+    <mergeCell ref="M102:M104"/>
+    <mergeCell ref="N102:N104"/>
+    <mergeCell ref="N99:N101"/>
+    <mergeCell ref="J99:J101"/>
+    <mergeCell ref="K99:K101"/>
+    <mergeCell ref="L99:L101"/>
+    <mergeCell ref="M99:M101"/>
     <mergeCell ref="M105:M107"/>
     <mergeCell ref="J102:J104"/>
     <mergeCell ref="K102:K104"/>
     <mergeCell ref="L102:L104"/>
     <mergeCell ref="N105:N107"/>
     <mergeCell ref="J105:J107"/>
     <mergeCell ref="K105:K107"/>
     <mergeCell ref="L105:L107"/>
     <mergeCell ref="N129:N131"/>
     <mergeCell ref="J129:J131"/>
     <mergeCell ref="K129:K131"/>
     <mergeCell ref="L129:L131"/>
     <mergeCell ref="M129:M131"/>
     <mergeCell ref="J117:J119"/>
     <mergeCell ref="K117:K119"/>
     <mergeCell ref="L117:L119"/>
     <mergeCell ref="M117:M119"/>
     <mergeCell ref="N117:N119"/>
     <mergeCell ref="J126:J128"/>
     <mergeCell ref="K126:K128"/>
     <mergeCell ref="L126:L128"/>
     <mergeCell ref="M126:M128"/>
     <mergeCell ref="N126:N128"/>
     <mergeCell ref="J120:J122"/>
-    <mergeCell ref="J96:J98"/>
-[...233 lines deleted...]
-    <mergeCell ref="N162:N164"/>
+    <mergeCell ref="N150:N152"/>
+    <mergeCell ref="J144:J146"/>
+    <mergeCell ref="K144:K146"/>
+    <mergeCell ref="L144:L146"/>
+    <mergeCell ref="M144:M146"/>
+    <mergeCell ref="N144:N146"/>
+    <mergeCell ref="J147:J149"/>
+    <mergeCell ref="K147:K149"/>
+    <mergeCell ref="L147:L149"/>
+    <mergeCell ref="M147:M149"/>
+    <mergeCell ref="N147:N149"/>
+    <mergeCell ref="J165:J167"/>
+    <mergeCell ref="K165:K167"/>
+    <mergeCell ref="L165:L167"/>
+    <mergeCell ref="M165:M167"/>
+    <mergeCell ref="N165:N167"/>
+    <mergeCell ref="J168:J170"/>
+    <mergeCell ref="K168:K170"/>
+    <mergeCell ref="L168:L170"/>
+    <mergeCell ref="M168:M170"/>
+    <mergeCell ref="N168:N170"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>