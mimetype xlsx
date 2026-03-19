--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ERIX\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90D27C9A-B20D-47D0-BA99-7E4E6ACC24F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF8A9736-B944-4F80-8E69-B95E9D2F0AEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$B$2:$N$131</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="367" uniqueCount="17">
   <si>
     <t>Nombre Empresa</t>
   </si>
   <si>
     <t>mm/yyyy</t>
   </si>
   <si>
     <t>Tipo Requerimiento</t>
   </si>
   <si>
     <t>Eficiencia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Eficacia servicio  Comercial (Eficiencia)</t>
   </si>
   <si>
     <t>Oportunidad del servicio Comercial (OP)</t>
   </si>
   <si>
     <t>Tiempo medio de resolucion de reclamos, consultas y solicitudes (TRR)</t>
   </si>
   <si>
     <t>Indicador de nivel de reclamo, consulta y solicitud (INR)</t>
   </si>
   <si>
@@ -688,120 +688,120 @@
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1044,54 +1044,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:N176"/>
+  <dimension ref="B1:N179"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A156" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K182" sqref="K182"/>
+      <selection activeCell="N168" sqref="N168:N170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="14" width="12.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:14" ht="105.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="4" t="s">
@@ -1122,950 +1122,950 @@
     <row r="3" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="7">
         <v>44228</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="9">
         <v>95.990000000000009</v>
       </c>
       <c r="F3" s="8">
         <v>96.15</v>
       </c>
       <c r="G3" s="9">
         <v>93.68</v>
       </c>
       <c r="H3" s="8">
         <v>24</v>
       </c>
       <c r="I3" s="8">
         <v>7.5320017314946502E-2</v>
       </c>
-      <c r="J3" s="118">
-[...2 lines deleted...]
-      <c r="K3" s="127">
+      <c r="J3" s="112">
+        <v>100</v>
+      </c>
+      <c r="K3" s="115">
         <v>77.97</v>
       </c>
-      <c r="L3" s="127">
+      <c r="L3" s="115">
         <v>0.98631268436578168</v>
       </c>
-      <c r="M3" s="127">
+      <c r="M3" s="115">
         <v>0.99973942969518192</v>
       </c>
       <c r="N3" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="4" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B4" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="11">
         <v>44228</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="13">
         <v>97.43</v>
       </c>
       <c r="F4" s="12">
         <v>100</v>
       </c>
       <c r="G4" s="61">
         <v>100</v>
       </c>
       <c r="H4" s="12">
         <v>1</v>
       </c>
       <c r="I4" s="12">
         <v>0.11681404984231031</v>
       </c>
-      <c r="J4" s="119"/>
-[...2 lines deleted...]
-      <c r="M4" s="128"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="116"/>
+      <c r="L4" s="116"/>
+      <c r="M4" s="116"/>
       <c r="N4" s="95"/>
     </row>
     <row r="5" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="15">
         <v>44228</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="17">
         <v>97.06</v>
       </c>
       <c r="F5" s="16">
         <v>99.87</v>
       </c>
       <c r="G5" s="17">
         <v>95.050000000000011</v>
       </c>
       <c r="H5" s="16">
         <v>24</v>
       </c>
       <c r="I5" s="16">
         <v>0.17716900624574855</v>
       </c>
-      <c r="J5" s="120"/>
-[...2 lines deleted...]
-      <c r="M5" s="129"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="117"/>
+      <c r="L5" s="117"/>
+      <c r="M5" s="117"/>
       <c r="N5" s="96"/>
     </row>
     <row r="6" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B6" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="22">
         <v>44256</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="24">
         <v>96.37</v>
       </c>
       <c r="F6" s="23">
         <v>96.38000000000001</v>
       </c>
       <c r="G6" s="24">
         <v>92.9</v>
       </c>
       <c r="H6" s="23">
         <v>23</v>
       </c>
       <c r="I6" s="23">
         <v>8.3015853508664125E-2</v>
       </c>
-      <c r="J6" s="130">
-[...2 lines deleted...]
-      <c r="K6" s="112">
+      <c r="J6" s="118">
+        <v>100</v>
+      </c>
+      <c r="K6" s="121">
         <v>75.05</v>
       </c>
-      <c r="L6" s="112">
+      <c r="L6" s="121">
         <v>0.98834707958285417</v>
       </c>
-      <c r="M6" s="112">
+      <c r="M6" s="121">
         <v>0.9997373012411277</v>
       </c>
-      <c r="N6" s="115">
+      <c r="N6" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="7" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B7" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="25">
         <v>44256</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="20">
         <v>98.11</v>
       </c>
       <c r="F7" s="19">
         <v>100</v>
       </c>
       <c r="G7" s="60">
         <v>100</v>
       </c>
       <c r="H7" s="19">
         <v>1</v>
       </c>
       <c r="I7" s="30">
         <v>0.14913358731719306</v>
       </c>
-      <c r="J7" s="131"/>
-[...3 lines deleted...]
-      <c r="N7" s="116"/>
+      <c r="J7" s="119"/>
+      <c r="K7" s="122"/>
+      <c r="L7" s="122"/>
+      <c r="M7" s="122"/>
+      <c r="N7" s="125"/>
     </row>
     <row r="8" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="27">
         <v>44256</v>
       </c>
       <c r="D8" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="29">
         <v>96.75</v>
       </c>
       <c r="F8" s="28">
         <v>99.87</v>
       </c>
       <c r="G8" s="29">
         <v>94.940000000000012</v>
       </c>
       <c r="H8" s="28">
         <v>22</v>
       </c>
       <c r="I8" s="28">
         <v>0.18809143418950472</v>
       </c>
-      <c r="J8" s="132"/>
-[...3 lines deleted...]
-      <c r="N8" s="117"/>
+      <c r="J8" s="120"/>
+      <c r="K8" s="123"/>
+      <c r="L8" s="123"/>
+      <c r="M8" s="123"/>
+      <c r="N8" s="126"/>
     </row>
     <row r="9" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="7">
         <v>44287</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="9">
         <v>96.54</v>
       </c>
       <c r="F9" s="8">
         <v>96.490000000000009</v>
       </c>
       <c r="G9" s="9">
         <v>92.9</v>
       </c>
       <c r="H9" s="8">
         <v>22</v>
       </c>
       <c r="I9" s="12">
         <v>8.6842266088125647E-2</v>
       </c>
-      <c r="J9" s="118">
-[...2 lines deleted...]
-      <c r="K9" s="127">
+      <c r="J9" s="112">
+        <v>100</v>
+      </c>
+      <c r="K9" s="115">
         <v>75.459999999999994</v>
       </c>
-      <c r="L9" s="127">
+      <c r="L9" s="115">
         <v>0.98982024257507384</v>
       </c>
-      <c r="M9" s="127">
+      <c r="M9" s="115">
         <v>0.99973513640475153</v>
       </c>
       <c r="N9" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="10" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="11">
         <v>44287</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="13">
         <v>98.34</v>
       </c>
       <c r="F10" s="12">
         <v>100</v>
       </c>
       <c r="G10" s="61">
         <v>100</v>
       </c>
       <c r="H10" s="59">
         <v>1</v>
       </c>
       <c r="I10" s="12">
         <v>0.16256187740634359</v>
       </c>
-      <c r="J10" s="119"/>
-[...2 lines deleted...]
-      <c r="M10" s="128"/>
+      <c r="J10" s="113"/>
+      <c r="K10" s="116"/>
+      <c r="L10" s="116"/>
+      <c r="M10" s="116"/>
       <c r="N10" s="95"/>
     </row>
     <row r="11" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15">
         <v>44287</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="17">
         <v>95.77000000000001</v>
       </c>
       <c r="F11" s="16">
         <v>99.910000000000011</v>
       </c>
       <c r="G11" s="17">
         <v>94.990000000000009</v>
       </c>
       <c r="H11" s="16">
         <v>21</v>
       </c>
       <c r="I11" s="16">
         <v>0.19739656542198863</v>
       </c>
-      <c r="J11" s="120"/>
-[...2 lines deleted...]
-      <c r="M11" s="129"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="117"/>
+      <c r="L11" s="117"/>
+      <c r="M11" s="117"/>
       <c r="N11" s="96"/>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B12" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="22">
         <v>44317</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="24">
         <v>96.800000000000011</v>
       </c>
       <c r="F12" s="23">
         <v>96.63000000000001</v>
       </c>
       <c r="G12" s="24">
         <v>93.320000000000007</v>
       </c>
       <c r="H12" s="23">
         <v>21</v>
       </c>
       <c r="I12" s="23">
         <v>9.3666423535132506E-2</v>
       </c>
-      <c r="J12" s="130">
-[...2 lines deleted...]
-      <c r="K12" s="112">
+      <c r="J12" s="118">
+        <v>100</v>
+      </c>
+      <c r="K12" s="121">
         <v>76.67</v>
       </c>
-      <c r="L12" s="112">
+      <c r="L12" s="121">
         <v>0.99075534149818889</v>
       </c>
-      <c r="M12" s="112">
+      <c r="M12" s="121">
         <v>0.99973298806507027</v>
       </c>
-      <c r="N12" s="115">
+      <c r="N12" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B13" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="25">
         <v>44317</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="20">
         <v>98.59</v>
       </c>
       <c r="F13" s="19">
         <v>100</v>
       </c>
       <c r="G13" s="60">
         <v>100</v>
       </c>
       <c r="H13" s="19">
         <v>1</v>
       </c>
       <c r="I13" s="30">
         <v>0.18672501823486506</v>
       </c>
-      <c r="J13" s="131"/>
-[...3 lines deleted...]
-      <c r="N13" s="116"/>
+      <c r="J13" s="119"/>
+      <c r="K13" s="122"/>
+      <c r="L13" s="122"/>
+      <c r="M13" s="122"/>
+      <c r="N13" s="125"/>
     </row>
     <row r="14" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="27">
         <v>44317</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="29">
         <v>95.490000000000009</v>
       </c>
       <c r="F14" s="28">
         <v>99.92</v>
       </c>
       <c r="G14" s="29">
         <v>95.070000000000007</v>
       </c>
       <c r="H14" s="28">
         <v>21</v>
       </c>
       <c r="I14" s="28">
         <v>0.21188913202042306</v>
       </c>
-      <c r="J14" s="132"/>
-[...3 lines deleted...]
-      <c r="N14" s="117"/>
+      <c r="J14" s="120"/>
+      <c r="K14" s="123"/>
+      <c r="L14" s="123"/>
+      <c r="M14" s="123"/>
+      <c r="N14" s="126"/>
     </row>
     <row r="15" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="7">
         <v>44348</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="9">
         <v>96.710000000000008</v>
       </c>
       <c r="F15" s="8">
         <v>97.04</v>
       </c>
       <c r="G15" s="9">
         <v>92.570000000000007</v>
       </c>
       <c r="H15" s="8">
         <v>20</v>
       </c>
       <c r="I15" s="8">
         <v>9.5966620305980535E-2</v>
       </c>
-      <c r="J15" s="118">
-[...2 lines deleted...]
-      <c r="K15" s="127">
+      <c r="J15" s="112">
+        <v>100</v>
+      </c>
+      <c r="K15" s="115">
         <v>78.599999999999994</v>
       </c>
-      <c r="L15" s="127">
+      <c r="L15" s="115">
         <v>0.9918708978141747</v>
       </c>
-      <c r="M15" s="127">
+      <c r="M15" s="115">
         <v>0.99973404789145137</v>
       </c>
       <c r="N15" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="16" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="11">
         <v>44348</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="13">
         <v>98.7</v>
       </c>
       <c r="F16" s="12">
         <v>100</v>
       </c>
       <c r="G16" s="61">
         <v>100</v>
       </c>
       <c r="H16" s="12">
         <v>1</v>
       </c>
       <c r="I16" s="31">
         <v>0.20638568059502932</v>
       </c>
-      <c r="J16" s="119"/>
-[...2 lines deleted...]
-      <c r="M16" s="128"/>
+      <c r="J16" s="113"/>
+      <c r="K16" s="116"/>
+      <c r="L16" s="116"/>
+      <c r="M16" s="116"/>
       <c r="N16" s="95"/>
     </row>
     <row r="17" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="15">
         <v>44348</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="17">
         <v>95.23</v>
       </c>
       <c r="F17" s="16">
         <v>99.95</v>
       </c>
       <c r="G17" s="17">
         <v>94.88000000000001</v>
       </c>
       <c r="H17" s="16">
         <v>19</v>
       </c>
       <c r="I17" s="16">
         <v>0.21485154502025761</v>
       </c>
-      <c r="J17" s="120"/>
-[...2 lines deleted...]
-      <c r="M17" s="129"/>
+      <c r="J17" s="114"/>
+      <c r="K17" s="117"/>
+      <c r="L17" s="117"/>
+      <c r="M17" s="117"/>
       <c r="N17" s="96"/>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B18" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="22">
         <v>44378</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="24">
         <v>96.84</v>
       </c>
       <c r="F18" s="23">
         <v>97.100000000000009</v>
       </c>
       <c r="G18" s="24">
         <v>92.43</v>
       </c>
       <c r="H18" s="23">
         <v>19</v>
       </c>
       <c r="I18" s="23">
         <v>9.9355693382308666E-2</v>
       </c>
-      <c r="J18" s="130">
-[...2 lines deleted...]
-      <c r="K18" s="133">
+      <c r="J18" s="118">
+        <v>100</v>
+      </c>
+      <c r="K18" s="130">
         <v>79.477410739032933</v>
       </c>
-      <c r="L18" s="112">
+      <c r="L18" s="121">
         <v>0.99291959583742784</v>
       </c>
-      <c r="M18" s="112">
+      <c r="M18" s="121">
         <v>0.99973291002091369</v>
       </c>
-      <c r="N18" s="115">
+      <c r="N18" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B19" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="25">
         <v>44378</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="20">
         <v>98.87</v>
       </c>
       <c r="F19" s="19">
         <v>100</v>
       </c>
       <c r="G19" s="20">
         <v>100</v>
       </c>
       <c r="H19" s="19">
         <v>1</v>
       </c>
       <c r="I19" s="30">
         <v>0.23146865779490577</v>
       </c>
-      <c r="J19" s="131"/>
-[...3 lines deleted...]
-      <c r="N19" s="116"/>
+      <c r="J19" s="119"/>
+      <c r="K19" s="131"/>
+      <c r="L19" s="122"/>
+      <c r="M19" s="122"/>
+      <c r="N19" s="125"/>
     </row>
     <row r="20" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="27">
         <v>44378</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="29">
         <v>95.26</v>
       </c>
       <c r="F20" s="28">
         <v>99.95</v>
       </c>
       <c r="G20" s="29">
         <v>94.92</v>
       </c>
       <c r="H20" s="28">
         <v>19</v>
       </c>
       <c r="I20" s="28">
         <v>0.22376106461130849</v>
       </c>
-      <c r="J20" s="132"/>
-[...3 lines deleted...]
-      <c r="N20" s="117"/>
+      <c r="J20" s="120"/>
+      <c r="K20" s="132"/>
+      <c r="L20" s="123"/>
+      <c r="M20" s="123"/>
+      <c r="N20" s="126"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="7">
         <v>44409</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="9">
         <v>97.13000000000001</v>
       </c>
       <c r="F21" s="8">
         <v>97.33</v>
       </c>
       <c r="G21" s="9">
         <v>92.51</v>
       </c>
       <c r="H21" s="8">
         <v>18</v>
       </c>
       <c r="I21" s="12">
         <v>0.10409865796155242</v>
       </c>
-      <c r="J21" s="118">
-[...2 lines deleted...]
-      <c r="K21" s="121">
+      <c r="J21" s="112">
+        <v>100</v>
+      </c>
+      <c r="K21" s="127">
         <v>80.125721174545774</v>
       </c>
-      <c r="L21" s="127">
+      <c r="L21" s="115">
         <v>0.99411410133673728</v>
       </c>
-      <c r="M21" s="127">
+      <c r="M21" s="115">
         <v>0.99973153818489424</v>
       </c>
       <c r="N21" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="11">
         <v>44409</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="13">
         <v>99.050000000000011</v>
       </c>
       <c r="F22" s="12">
         <v>100</v>
       </c>
       <c r="G22" s="61">
         <v>100</v>
       </c>
       <c r="H22" s="59">
         <v>1</v>
       </c>
       <c r="I22" s="12">
         <v>0.26447829766654574</v>
       </c>
-      <c r="J22" s="119"/>
-[...2 lines deleted...]
-      <c r="M22" s="128"/>
+      <c r="J22" s="113"/>
+      <c r="K22" s="128"/>
+      <c r="L22" s="116"/>
+      <c r="M22" s="116"/>
       <c r="N22" s="95"/>
     </row>
     <row r="23" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="15">
         <v>44409</v>
       </c>
       <c r="D23" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="17">
         <v>95.42</v>
       </c>
       <c r="F23" s="16">
         <v>99.95</v>
       </c>
       <c r="G23" s="17">
         <v>95.300000000000011</v>
       </c>
       <c r="H23" s="16">
         <v>18</v>
       </c>
       <c r="I23" s="16">
         <v>0.23660984161528231</v>
       </c>
-      <c r="J23" s="120"/>
-[...2 lines deleted...]
-      <c r="M23" s="129"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="129"/>
+      <c r="L23" s="117"/>
+      <c r="M23" s="117"/>
       <c r="N23" s="96"/>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B24" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="22">
         <v>44440</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="24">
         <v>97.5</v>
       </c>
       <c r="F24" s="23">
         <v>97.38000000000001</v>
       </c>
       <c r="G24" s="24">
         <v>92.25</v>
       </c>
       <c r="H24" s="23">
         <v>17</v>
       </c>
       <c r="I24" s="23">
         <v>0.10518109858479252</v>
       </c>
-      <c r="J24" s="130">
-[...2 lines deleted...]
-      <c r="K24" s="133">
+      <c r="J24" s="118">
+        <v>100</v>
+      </c>
+      <c r="K24" s="130">
         <v>80.633250488917867</v>
       </c>
-      <c r="L24" s="112">
+      <c r="L24" s="121">
         <v>0.99425012222946541</v>
       </c>
-      <c r="M24" s="112">
+      <c r="M24" s="121">
         <v>0.99973007659713164</v>
       </c>
-      <c r="N24" s="115">
+      <c r="N24" s="124">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B25" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="25">
         <v>44440</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="20">
         <v>98.73</v>
       </c>
       <c r="F25" s="19">
         <v>100</v>
       </c>
       <c r="G25" s="60">
         <v>100</v>
       </c>
       <c r="H25" s="19">
         <v>1</v>
       </c>
       <c r="I25" s="30">
         <v>0.28789877668505637</v>
       </c>
-      <c r="J25" s="131"/>
-[...3 lines deleted...]
-      <c r="N25" s="116"/>
+      <c r="J25" s="119"/>
+      <c r="K25" s="131"/>
+      <c r="L25" s="122"/>
+      <c r="M25" s="122"/>
+      <c r="N25" s="125"/>
     </row>
     <row r="26" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="27">
         <v>44440</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="29">
         <v>95.350000000000009</v>
       </c>
       <c r="F26" s="28">
         <v>99.95</v>
       </c>
       <c r="G26" s="29">
         <v>95.98</v>
       </c>
       <c r="H26" s="28">
         <v>16</v>
       </c>
       <c r="I26" s="28">
         <v>0.23812664907651715</v>
       </c>
-      <c r="J26" s="132"/>
-[...3 lines deleted...]
-      <c r="N26" s="117"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="132"/>
+      <c r="L26" s="123"/>
+      <c r="M26" s="123"/>
+      <c r="N26" s="126"/>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="7">
         <v>44470</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="9">
         <v>97.570000000000007</v>
       </c>
       <c r="F27" s="8">
         <v>97.28</v>
       </c>
       <c r="G27" s="9">
         <v>91.25</v>
       </c>
       <c r="H27" s="8">
         <v>16</v>
       </c>
       <c r="I27" s="32">
         <v>0.10491881282341045</v>
       </c>
-      <c r="J27" s="118">
-[...2 lines deleted...]
-      <c r="K27" s="121">
+      <c r="J27" s="112">
+        <v>100</v>
+      </c>
+      <c r="K27" s="127">
         <v>81.164993854977467</v>
       </c>
-      <c r="L27" s="124">
+      <c r="L27" s="133">
         <v>0.99429537074969276</v>
       </c>
-      <c r="M27" s="127">
+      <c r="M27" s="115">
         <v>0.99972859483818111</v>
       </c>
       <c r="N27" s="94">
         <v>0.99399999999999999</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="11">
         <v>44470</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="F28" s="12">
         <v>100</v>
       </c>
       <c r="G28" s="13">
         <v>99.38000000000001</v>
       </c>
       <c r="H28" s="12">
         <v>1</v>
       </c>
       <c r="I28" s="33">
         <v>0.3032772259561054</v>
       </c>
-      <c r="J28" s="119"/>
-[...2 lines deleted...]
-      <c r="M28" s="128"/>
+      <c r="J28" s="113"/>
+      <c r="K28" s="128"/>
+      <c r="L28" s="134"/>
+      <c r="M28" s="116"/>
       <c r="N28" s="95"/>
     </row>
     <row r="29" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="15">
         <v>44470</v>
       </c>
       <c r="D29" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="17">
         <v>95.64</v>
       </c>
       <c r="F29" s="16">
         <v>99.960000000000008</v>
       </c>
       <c r="G29" s="17">
         <v>96.570000000000007</v>
       </c>
       <c r="H29" s="16">
         <v>15</v>
       </c>
       <c r="I29" s="34">
         <v>0.24742758579670493</v>
       </c>
-      <c r="J29" s="120"/>
-[...2 lines deleted...]
-      <c r="M29" s="129"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="129"/>
+      <c r="L29" s="135"/>
+      <c r="M29" s="117"/>
       <c r="N29" s="96"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B30" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="56">
         <v>44501</v>
       </c>
       <c r="D30" s="40" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="45">
         <v>98.51</v>
       </c>
       <c r="F30" s="40">
         <v>97.13000000000001</v>
       </c>
       <c r="G30" s="45">
         <v>93.47</v>
       </c>
       <c r="H30" s="40">
         <v>14</v>
       </c>
       <c r="I30" s="40">
@@ -7071,342 +7071,450 @@
       </c>
       <c r="D176" s="42" t="s">
         <v>16</v>
       </c>
       <c r="E176" s="47">
         <v>98.956282000787709</v>
       </c>
       <c r="F176" s="47">
         <v>99.900497512437809</v>
       </c>
       <c r="G176" s="47">
         <v>80.497512437810954</v>
       </c>
       <c r="H176" s="42">
         <v>5</v>
       </c>
       <c r="I176" s="42">
         <v>0.20278205822331433</v>
       </c>
       <c r="J176" s="99"/>
       <c r="K176" s="102"/>
       <c r="L176" s="105"/>
       <c r="M176" s="108"/>
       <c r="N176" s="111"/>
     </row>
+    <row r="177" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B177" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C177" s="55">
+        <v>45992</v>
+      </c>
+      <c r="D177" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="48">
+        <v>99.323949905796297</v>
+      </c>
+      <c r="F177" s="48">
+        <v>99.129658558357519</v>
+      </c>
+      <c r="G177" s="50">
+        <v>98.951126980584689</v>
+      </c>
+      <c r="H177" s="76">
+        <v>1</v>
+      </c>
+      <c r="I177" s="68">
+        <v>0.37034588206124219</v>
+      </c>
+      <c r="J177" s="82">
+        <v>100</v>
+      </c>
+      <c r="K177" s="85">
+        <v>93.737258251143317</v>
+      </c>
+      <c r="L177" s="88">
+        <v>0.99473111466196484</v>
+      </c>
+      <c r="M177" s="91">
+        <v>0.99876026227340353</v>
+      </c>
+      <c r="N177" s="94">
+        <v>0.99480000000000002</v>
+      </c>
+    </row>
+    <row r="178" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B178" s="54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" s="39">
+        <v>45992</v>
+      </c>
+      <c r="D178" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="75">
+        <v>100</v>
+      </c>
+      <c r="F178" s="75">
+        <v>100</v>
+      </c>
+      <c r="G178" s="75">
+        <v>93.779315196998127</v>
+      </c>
+      <c r="H178" s="77">
+        <v>2</v>
+      </c>
+      <c r="I178" s="44">
+        <v>0.70482251332699697</v>
+      </c>
+      <c r="J178" s="83"/>
+      <c r="K178" s="86"/>
+      <c r="L178" s="89"/>
+      <c r="M178" s="92"/>
+      <c r="N178" s="95"/>
+    </row>
+    <row r="179" spans="2:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B179" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" s="72">
+        <v>45992</v>
+      </c>
+      <c r="D179" s="70" t="s">
+        <v>16</v>
+      </c>
+      <c r="E179" s="71">
+        <v>95.689655172413794</v>
+      </c>
+      <c r="F179" s="71">
+        <v>99.84332158245202</v>
+      </c>
+      <c r="G179" s="71">
+        <v>83.333333333333343</v>
+      </c>
+      <c r="H179" s="78">
+        <v>5</v>
+      </c>
+      <c r="I179" s="70">
+        <v>0.21100045456423819</v>
+      </c>
+      <c r="J179" s="84"/>
+      <c r="K179" s="87"/>
+      <c r="L179" s="90"/>
+      <c r="M179" s="93"/>
+      <c r="N179" s="96"/>
+    </row>
   </sheetData>
-  <mergeCells count="290">
-[...19 lines deleted...]
-    <mergeCell ref="N162:N164"/>
+  <mergeCells count="295">
+    <mergeCell ref="J177:J179"/>
+    <mergeCell ref="K177:K179"/>
+    <mergeCell ref="L177:L179"/>
+    <mergeCell ref="M177:M179"/>
+    <mergeCell ref="N177:N179"/>
+    <mergeCell ref="J165:J167"/>
+    <mergeCell ref="K165:K167"/>
+    <mergeCell ref="L165:L167"/>
+    <mergeCell ref="M165:M167"/>
+    <mergeCell ref="N165:N167"/>
+    <mergeCell ref="J168:J170"/>
+    <mergeCell ref="K168:K170"/>
+    <mergeCell ref="L168:L170"/>
+    <mergeCell ref="M168:M170"/>
+    <mergeCell ref="N168:N170"/>
+    <mergeCell ref="N150:N152"/>
+    <mergeCell ref="J144:J146"/>
+    <mergeCell ref="K144:K146"/>
+    <mergeCell ref="L144:L146"/>
+    <mergeCell ref="M144:M146"/>
+    <mergeCell ref="N144:N146"/>
+    <mergeCell ref="J147:J149"/>
+    <mergeCell ref="K147:K149"/>
+    <mergeCell ref="L147:L149"/>
+    <mergeCell ref="M147:M149"/>
+    <mergeCell ref="N147:N149"/>
+    <mergeCell ref="M105:M107"/>
+    <mergeCell ref="J102:J104"/>
+    <mergeCell ref="K102:K104"/>
+    <mergeCell ref="L102:L104"/>
+    <mergeCell ref="N105:N107"/>
+    <mergeCell ref="J105:J107"/>
+    <mergeCell ref="K105:K107"/>
+    <mergeCell ref="L105:L107"/>
+    <mergeCell ref="N129:N131"/>
+    <mergeCell ref="J129:J131"/>
+    <mergeCell ref="K129:K131"/>
+    <mergeCell ref="L129:L131"/>
+    <mergeCell ref="M129:M131"/>
+    <mergeCell ref="J117:J119"/>
+    <mergeCell ref="K117:K119"/>
+    <mergeCell ref="L117:L119"/>
+    <mergeCell ref="M117:M119"/>
+    <mergeCell ref="N117:N119"/>
+    <mergeCell ref="J126:J128"/>
+    <mergeCell ref="K126:K128"/>
+    <mergeCell ref="L126:L128"/>
+    <mergeCell ref="M126:M128"/>
+    <mergeCell ref="N126:N128"/>
+    <mergeCell ref="J120:J122"/>
+    <mergeCell ref="J96:J98"/>
+    <mergeCell ref="K96:K98"/>
+    <mergeCell ref="L96:L98"/>
+    <mergeCell ref="M96:M98"/>
+    <mergeCell ref="N96:N98"/>
+    <mergeCell ref="M102:M104"/>
+    <mergeCell ref="N102:N104"/>
+    <mergeCell ref="N99:N101"/>
+    <mergeCell ref="J99:J101"/>
+    <mergeCell ref="K99:K101"/>
+    <mergeCell ref="L99:L101"/>
+    <mergeCell ref="M99:M101"/>
+    <mergeCell ref="L81:L83"/>
+    <mergeCell ref="M81:M83"/>
+    <mergeCell ref="M72:M74"/>
+    <mergeCell ref="N93:N95"/>
+    <mergeCell ref="M75:M77"/>
+    <mergeCell ref="N75:N77"/>
+    <mergeCell ref="N81:N83"/>
+    <mergeCell ref="J93:J95"/>
+    <mergeCell ref="K93:K95"/>
+    <mergeCell ref="L93:L95"/>
+    <mergeCell ref="M93:M95"/>
+    <mergeCell ref="J90:J92"/>
+    <mergeCell ref="K90:K92"/>
+    <mergeCell ref="L90:L92"/>
+    <mergeCell ref="M90:M92"/>
+    <mergeCell ref="J87:J89"/>
+    <mergeCell ref="K87:K89"/>
+    <mergeCell ref="L87:L89"/>
+    <mergeCell ref="M87:M89"/>
+    <mergeCell ref="J81:J83"/>
+    <mergeCell ref="K81:K83"/>
+    <mergeCell ref="N90:N92"/>
+    <mergeCell ref="N87:N89"/>
+    <mergeCell ref="J63:J65"/>
+    <mergeCell ref="K63:K65"/>
+    <mergeCell ref="L63:L65"/>
+    <mergeCell ref="M63:M65"/>
+    <mergeCell ref="N63:N65"/>
+    <mergeCell ref="J60:J62"/>
+    <mergeCell ref="J66:J68"/>
+    <mergeCell ref="J72:J74"/>
+    <mergeCell ref="K72:K74"/>
+    <mergeCell ref="L72:L74"/>
+    <mergeCell ref="J69:J71"/>
+    <mergeCell ref="K69:K71"/>
+    <mergeCell ref="L69:L71"/>
+    <mergeCell ref="N72:N74"/>
+    <mergeCell ref="L36:L38"/>
+    <mergeCell ref="M36:M38"/>
+    <mergeCell ref="N36:N38"/>
+    <mergeCell ref="J33:J35"/>
+    <mergeCell ref="K33:K35"/>
+    <mergeCell ref="L33:L35"/>
+    <mergeCell ref="M33:M35"/>
+    <mergeCell ref="N33:N35"/>
+    <mergeCell ref="K60:K62"/>
+    <mergeCell ref="L60:L62"/>
+    <mergeCell ref="M60:M62"/>
+    <mergeCell ref="N60:N62"/>
+    <mergeCell ref="J39:J41"/>
+    <mergeCell ref="K39:K41"/>
+    <mergeCell ref="L39:L41"/>
+    <mergeCell ref="M39:M41"/>
+    <mergeCell ref="N39:N41"/>
+    <mergeCell ref="K48:K50"/>
+    <mergeCell ref="L48:L50"/>
+    <mergeCell ref="M48:M50"/>
+    <mergeCell ref="N48:N50"/>
+    <mergeCell ref="J42:J44"/>
+    <mergeCell ref="K42:K44"/>
+    <mergeCell ref="L42:L44"/>
+    <mergeCell ref="L24:L26"/>
+    <mergeCell ref="M24:M26"/>
+    <mergeCell ref="N24:N26"/>
+    <mergeCell ref="K30:K32"/>
+    <mergeCell ref="L30:L32"/>
+    <mergeCell ref="M30:M32"/>
+    <mergeCell ref="N30:N32"/>
+    <mergeCell ref="J30:J32"/>
+    <mergeCell ref="J27:J29"/>
+    <mergeCell ref="K27:K29"/>
+    <mergeCell ref="L27:L29"/>
+    <mergeCell ref="M27:M29"/>
+    <mergeCell ref="N27:N29"/>
+    <mergeCell ref="J21:J23"/>
+    <mergeCell ref="K21:K23"/>
+    <mergeCell ref="L21:L23"/>
+    <mergeCell ref="M21:M23"/>
+    <mergeCell ref="N21:N23"/>
+    <mergeCell ref="J36:J38"/>
+    <mergeCell ref="J12:J14"/>
+    <mergeCell ref="K12:K14"/>
+    <mergeCell ref="L12:L14"/>
+    <mergeCell ref="M12:M14"/>
+    <mergeCell ref="N12:N14"/>
+    <mergeCell ref="J18:J20"/>
+    <mergeCell ref="K18:K20"/>
+    <mergeCell ref="L18:L20"/>
+    <mergeCell ref="M18:M20"/>
+    <mergeCell ref="N18:N20"/>
+    <mergeCell ref="J15:J17"/>
+    <mergeCell ref="K15:K17"/>
+    <mergeCell ref="L15:L17"/>
+    <mergeCell ref="M15:M17"/>
+    <mergeCell ref="N15:N17"/>
+    <mergeCell ref="K36:K38"/>
+    <mergeCell ref="J24:J26"/>
+    <mergeCell ref="K24:K26"/>
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K5"/>
+    <mergeCell ref="L3:L5"/>
+    <mergeCell ref="M3:M5"/>
+    <mergeCell ref="N3:N5"/>
+    <mergeCell ref="J9:J11"/>
+    <mergeCell ref="K9:K11"/>
+    <mergeCell ref="L9:L11"/>
+    <mergeCell ref="M9:M11"/>
+    <mergeCell ref="N9:N11"/>
+    <mergeCell ref="J6:J8"/>
+    <mergeCell ref="K6:K8"/>
+    <mergeCell ref="L6:L8"/>
+    <mergeCell ref="M6:M8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="M42:M44"/>
+    <mergeCell ref="N42:N44"/>
+    <mergeCell ref="J45:J47"/>
+    <mergeCell ref="K45:K47"/>
+    <mergeCell ref="L45:L47"/>
+    <mergeCell ref="M45:M47"/>
+    <mergeCell ref="N45:N47"/>
+    <mergeCell ref="J54:J56"/>
+    <mergeCell ref="K54:K56"/>
+    <mergeCell ref="L54:L56"/>
+    <mergeCell ref="M54:M56"/>
+    <mergeCell ref="N54:N56"/>
+    <mergeCell ref="L51:L53"/>
+    <mergeCell ref="M51:M53"/>
+    <mergeCell ref="N51:N53"/>
+    <mergeCell ref="J48:J50"/>
+    <mergeCell ref="J51:J53"/>
+    <mergeCell ref="K51:K53"/>
+    <mergeCell ref="J57:J59"/>
+    <mergeCell ref="K57:K59"/>
+    <mergeCell ref="L57:L59"/>
+    <mergeCell ref="M57:M59"/>
+    <mergeCell ref="N57:N59"/>
+    <mergeCell ref="J84:J86"/>
+    <mergeCell ref="K84:K86"/>
+    <mergeCell ref="L84:L86"/>
+    <mergeCell ref="M84:M86"/>
+    <mergeCell ref="N84:N86"/>
+    <mergeCell ref="M69:M71"/>
+    <mergeCell ref="N69:N71"/>
+    <mergeCell ref="K66:K68"/>
+    <mergeCell ref="L66:L68"/>
+    <mergeCell ref="M66:M68"/>
+    <mergeCell ref="N66:N68"/>
+    <mergeCell ref="J78:J80"/>
+    <mergeCell ref="K78:K80"/>
+    <mergeCell ref="L78:L80"/>
+    <mergeCell ref="M78:M80"/>
+    <mergeCell ref="N78:N80"/>
+    <mergeCell ref="J75:J77"/>
+    <mergeCell ref="K75:K77"/>
+    <mergeCell ref="L75:L77"/>
+    <mergeCell ref="K120:K122"/>
+    <mergeCell ref="L120:L122"/>
+    <mergeCell ref="M120:M122"/>
+    <mergeCell ref="N120:N122"/>
+    <mergeCell ref="J123:J125"/>
+    <mergeCell ref="K123:K125"/>
+    <mergeCell ref="L123:L125"/>
+    <mergeCell ref="M123:M125"/>
+    <mergeCell ref="N123:N125"/>
+    <mergeCell ref="J108:J110"/>
+    <mergeCell ref="K108:K110"/>
+    <mergeCell ref="L108:L110"/>
+    <mergeCell ref="M108:M110"/>
+    <mergeCell ref="N108:N110"/>
+    <mergeCell ref="J114:J116"/>
+    <mergeCell ref="K114:K116"/>
+    <mergeCell ref="L114:L116"/>
+    <mergeCell ref="M114:M116"/>
+    <mergeCell ref="N114:N116"/>
+    <mergeCell ref="J111:J113"/>
+    <mergeCell ref="K111:K113"/>
+    <mergeCell ref="L111:L113"/>
+    <mergeCell ref="M111:M113"/>
+    <mergeCell ref="N111:N113"/>
+    <mergeCell ref="J132:J134"/>
+    <mergeCell ref="K132:K134"/>
+    <mergeCell ref="L132:L134"/>
+    <mergeCell ref="M132:M134"/>
+    <mergeCell ref="N132:N134"/>
+    <mergeCell ref="J135:J137"/>
+    <mergeCell ref="K135:K137"/>
+    <mergeCell ref="L135:L137"/>
+    <mergeCell ref="M135:M137"/>
+    <mergeCell ref="N135:N137"/>
     <mergeCell ref="J156:J158"/>
     <mergeCell ref="K156:K158"/>
     <mergeCell ref="L156:L158"/>
     <mergeCell ref="M156:M158"/>
     <mergeCell ref="N156:N158"/>
     <mergeCell ref="N138:N140"/>
     <mergeCell ref="J138:J140"/>
     <mergeCell ref="K138:K140"/>
     <mergeCell ref="L138:L140"/>
     <mergeCell ref="M138:M140"/>
     <mergeCell ref="N153:N155"/>
     <mergeCell ref="J153:J155"/>
     <mergeCell ref="K153:K155"/>
     <mergeCell ref="L153:L155"/>
     <mergeCell ref="M153:M155"/>
     <mergeCell ref="J141:J143"/>
     <mergeCell ref="K141:K143"/>
     <mergeCell ref="L141:L143"/>
     <mergeCell ref="M141:M143"/>
     <mergeCell ref="N141:N143"/>
     <mergeCell ref="J150:J152"/>
     <mergeCell ref="K150:K152"/>
     <mergeCell ref="L150:L152"/>
     <mergeCell ref="M150:M152"/>
-    <mergeCell ref="J132:J134"/>
-[...244 lines deleted...]
-    <mergeCell ref="N168:N170"/>
+    <mergeCell ref="J159:J161"/>
+    <mergeCell ref="K159:K161"/>
+    <mergeCell ref="L159:L161"/>
+    <mergeCell ref="M159:M161"/>
+    <mergeCell ref="N159:N161"/>
+    <mergeCell ref="J162:J164"/>
+    <mergeCell ref="K162:K164"/>
+    <mergeCell ref="L162:L164"/>
+    <mergeCell ref="M162:M164"/>
+    <mergeCell ref="N162:N164"/>
+    <mergeCell ref="J171:J173"/>
+    <mergeCell ref="K171:K173"/>
+    <mergeCell ref="L171:L173"/>
+    <mergeCell ref="M171:M173"/>
+    <mergeCell ref="N171:N173"/>
+    <mergeCell ref="J174:J176"/>
+    <mergeCell ref="K174:K176"/>
+    <mergeCell ref="L174:L176"/>
+    <mergeCell ref="M174:M176"/>
+    <mergeCell ref="N174:N176"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>